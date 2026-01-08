--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -1,92 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\2025\MATI\Actualización de datos RETA 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\2025\MATI\Actualización de datos RETA 2025\NOVIEMBRE 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DA404633-32CE-416E-B00F-794FA3F0A999}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DFB623A9-2091-445B-B65B-5423EBE8208A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PERFIL 1" sheetId="1" r:id="rId1"/>
     <sheet name="PERFIL 2" sheetId="5" r:id="rId2"/>
     <sheet name="PERFIL 3" sheetId="6" r:id="rId3"/>
     <sheet name="PERFIL 4" sheetId="8" r:id="rId4"/>
     <sheet name="PERFIL 5" sheetId="7" r:id="rId5"/>
     <sheet name="DATOS" sheetId="4" r:id="rId6"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A17" i="8" l="1"/>
+  <c r="B17" i="8"/>
+  <c r="E18" i="5"/>
+  <c r="A18" i="5"/>
+  <c r="B18" i="5"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="156">
   <si>
     <t>UNIVERSIDAD NACIONAL</t>
   </si>
   <si>
     <t>No. de cédula o identificación</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Condición </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Categoría </t>
     </r>
@@ -720,50 +731,66 @@
     <t xml:space="preserve">ÁREA DISCIPLINAR O TEMÁTICA: Sistemas de Información, Tecnologías de la Información, Ciencias de la Computación   </t>
   </si>
   <si>
     <t>CÓDIGOS DE CURSOS Y PPAA ASOCIADOS: IPE 702 Liderazgo, Destrezas Efectivas y Manejo de Conflictos, IPE 703 Administración de Procesos y Gestión del Cambio</t>
   </si>
   <si>
     <t xml:space="preserve">ÁREA ESTRATÉGICA DE CONOCIMIENTO: Impacto de las TIC en el desarrollo económico, Fortalecimiento de Capacidades y Competencias Tecnológicas (TIC) en la Sociedad, I+D+I en TIC y su aplicación en la sociedad y las organizaciones, Desarrollo de capacidades e iniciativas emprendedoras en la Industria TIC. </t>
   </si>
   <si>
     <t>FECHA ÚLTIMA DE ACTUALIZACIÓN: 26 de junio de 2025</t>
   </si>
   <si>
     <t>NOMBRE DEL PERFIL 1: Investigación para TFG</t>
   </si>
   <si>
     <t>NOMBRE DEL PERFIL 2: Gestión TIC</t>
   </si>
   <si>
     <t>NOMBRE DEL PERFIL 3: Administración de Proyectos</t>
   </si>
   <si>
     <t>NOMBRE DEL PERFIL 4: Gestión de Servicios y Productos TIC</t>
   </si>
   <si>
     <t>NOMBRE DEL PERFIL 5: Aspectos Empresariales para la Administración TIC</t>
+  </si>
+  <si>
+    <t>OVIEDO BLANCO EDGAR</t>
+  </si>
+  <si>
+    <t>Computación con énfasis en Sistemas de Información
+Ingeniería del Software
+Administración de Negocios con énfasis en Finanzas
+Diplomacia 
+Aplicaciones de la Informática</t>
+  </si>
+  <si>
+    <t>C1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Por presentacion de atestados y urgencia </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -811,51 +838,51 @@
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="33">
+  <borders count="32">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1012,90 +1039,60 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...13 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...13 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -1223,338 +1220,433 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="12" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="58">
+  <dxfs count="68">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFF0000"/>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFF00"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFF0000"/>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFF00"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFF0000"/>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
@@ -1789,88 +1881,88 @@
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFF0000"/>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFF0000"/>
+          <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFFF00"/>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor rgb="FFFFFF00"/>
-[...14 lines deleted...]
-          <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFF0000"/>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFF0000"/>
           <bgColor rgb="FFFF0000"/>
@@ -1971,51 +2063,51 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2274,4847 +2366,4992 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:AD33"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:O7"/>
+    <sheetView topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.42578125" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
     <col min="5" max="5" width="53" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
     <col min="7" max="8" width="11.42578125" customWidth="1"/>
     <col min="9" max="9" width="20.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.140625" customWidth="1"/>
     <col min="11" max="11" width="19.5703125" customWidth="1"/>
     <col min="12" max="12" width="21.85546875" customWidth="1"/>
     <col min="13" max="15" width="22.42578125" customWidth="1"/>
-    <col min="16" max="30" width="11.42578125" style="96" customWidth="1"/>
+    <col min="16" max="30" width="11.42578125" style="95" customWidth="1"/>
     <col min="31" max="237" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="101" t="s">
+      <c r="A1" s="100" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="102"/>
-[...12 lines deleted...]
-      <c r="O1" s="102"/>
+      <c r="B1" s="101"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
+      <c r="M1" s="101"/>
+      <c r="N1" s="101"/>
+      <c r="O1" s="101"/>
     </row>
     <row r="2" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="B2" s="78"/>
-[...12 lines deleted...]
-      <c r="O2" s="78"/>
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
     </row>
     <row r="3" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="77" t="s">
+      <c r="A3" s="82" t="s">
         <v>58</v>
       </c>
-      <c r="B3" s="78"/>
-[...12 lines deleted...]
-      <c r="O3" s="78"/>
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="83"/>
+      <c r="I3" s="83"/>
+      <c r="J3" s="83"/>
+      <c r="K3" s="83"/>
+      <c r="L3" s="83"/>
+      <c r="M3" s="83"/>
+      <c r="N3" s="83"/>
+      <c r="O3" s="83"/>
     </row>
     <row r="4" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="88" t="s">
+      <c r="A4" s="91" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="89"/>
-[...12 lines deleted...]
-      <c r="O4" s="89"/>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
     </row>
     <row r="5" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="79" t="s">
+      <c r="A5" s="84" t="s">
         <v>147</v>
       </c>
-      <c r="B5" s="80"/>
-[...12 lines deleted...]
-      <c r="O5" s="80"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
     </row>
     <row r="6" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="79" t="s">
+      <c r="A6" s="84" t="s">
         <v>90</v>
       </c>
-      <c r="B6" s="80"/>
-[...12 lines deleted...]
-      <c r="O6" s="80"/>
+      <c r="B6" s="85"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="85"/>
+      <c r="E6" s="85"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="85"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="85"/>
+      <c r="L6" s="85"/>
+      <c r="M6" s="85"/>
+      <c r="N6" s="85"/>
+      <c r="O6" s="85"/>
     </row>
     <row r="7" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="90" t="s">
+      <c r="A7" s="93" t="s">
         <v>131</v>
       </c>
-      <c r="B7" s="91"/>
-[...12 lines deleted...]
-      <c r="O7" s="91"/>
+      <c r="B7" s="94"/>
+      <c r="C7" s="94"/>
+      <c r="D7" s="94"/>
+      <c r="E7" s="94"/>
+      <c r="F7" s="94"/>
+      <c r="G7" s="94"/>
+      <c r="H7" s="94"/>
+      <c r="I7" s="94"/>
+      <c r="J7" s="94"/>
+      <c r="K7" s="94"/>
+      <c r="L7" s="94"/>
+      <c r="M7" s="94"/>
+      <c r="N7" s="94"/>
+      <c r="O7" s="94"/>
     </row>
     <row r="8" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>132</v>
       </c>
-      <c r="B8" s="14"/>
-[...12 lines deleted...]
-      <c r="O8" s="14"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
     </row>
     <row r="9" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="15" t="s">
+      <c r="A9" s="14" t="s">
         <v>133</v>
       </c>
-      <c r="B9" s="14"/>
-[...12 lines deleted...]
-      <c r="O9" s="14"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>146</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
     </row>
     <row r="11" spans="1:15" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="92"/>
-[...13 lines deleted...]
-      <c r="O11" s="93"/>
+      <c r="A11" s="78"/>
+      <c r="B11" s="79"/>
+      <c r="C11" s="79"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="79"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="79"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="79"/>
     </row>
     <row r="12" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="86" t="s">
+      <c r="A12" s="89" t="s">
         <v>35</v>
       </c>
-      <c r="B12" s="81" t="s">
+      <c r="B12" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="81" t="s">
+      <c r="C12" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="81" t="s">
+      <c r="D12" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="E12" s="81" t="s">
+      <c r="E12" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="F12" s="81" t="s">
+      <c r="F12" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="G12" s="83" t="s">
+      <c r="G12" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="84"/>
-[...1 lines deleted...]
-      <c r="J12" s="81" t="s">
+      <c r="H12" s="87"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="K12" s="81" t="s">
+      <c r="K12" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="L12" s="81" t="s">
+      <c r="L12" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="M12" s="81" t="s">
+      <c r="M12" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="N12" s="81" t="s">
+      <c r="N12" s="80" t="s">
         <v>39</v>
       </c>
-      <c r="O12" s="81" t="s">
+      <c r="O12" s="80" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="87"/>
-[...4 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="A13" s="90"/>
+      <c r="B13" s="81"/>
+      <c r="C13" s="81"/>
+      <c r="D13" s="81"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="81"/>
       <c r="G13" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="H13" s="21" t="s">
+      <c r="H13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J13" s="82"/>
-[...4 lines deleted...]
-      <c r="O13" s="82"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
+      <c r="L13" s="81"/>
+      <c r="M13" s="81"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="81"/>
     </row>
     <row r="14" spans="1:15" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="39" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="47">
+      <c r="B14" s="44">
         <v>602900802</v>
       </c>
-      <c r="C14" s="51" t="s">
+      <c r="C14" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="47">
+      <c r="D14" s="44">
         <v>89</v>
       </c>
-      <c r="E14" s="41" t="s">
+      <c r="E14" s="38" t="s">
         <v>91</v>
       </c>
-      <c r="F14" s="42"/>
-      <c r="G14" s="47" t="s">
+      <c r="F14" s="39"/>
+      <c r="G14" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H14" s="52" t="s">
+      <c r="H14" s="49" t="s">
         <v>61</v>
       </c>
-      <c r="I14" s="47"/>
-      <c r="J14" s="34" t="s">
+      <c r="I14" s="44"/>
+      <c r="J14" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K14" s="34">
+      <c r="K14" s="31">
         <v>0.25</v>
       </c>
-      <c r="L14" s="35" t="s">
+      <c r="L14" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="M14" s="33" t="s">
+      <c r="M14" s="30" t="s">
         <v>77</v>
       </c>
-      <c r="N14" s="33" t="s">
+      <c r="N14" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="O14" s="50">
+      <c r="O14" s="47">
         <v>2021</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="42" t="s">
+      <c r="A15" s="39" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="47">
+      <c r="B15" s="44">
         <v>502550320</v>
       </c>
-      <c r="C15" s="47" t="s">
+      <c r="C15" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="47">
+      <c r="D15" s="44">
         <v>88</v>
       </c>
-      <c r="E15" s="41" t="s">
+      <c r="E15" s="38" t="s">
         <v>63</v>
       </c>
-      <c r="F15" s="42"/>
-[...2 lines deleted...]
-      <c r="I15" s="47" t="s">
+      <c r="F15" s="39"/>
+      <c r="G15" s="44"/>
+      <c r="H15" s="44"/>
+      <c r="I15" s="44" t="s">
         <v>64</v>
       </c>
-      <c r="J15" s="34" t="s">
+      <c r="J15" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K15" s="34">
+      <c r="K15" s="31">
         <v>0.25</v>
       </c>
-      <c r="L15" s="35" t="s">
+      <c r="L15" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="M15" s="33" t="s">
+      <c r="M15" s="30" t="s">
         <v>77</v>
       </c>
-      <c r="N15" s="33" t="s">
+      <c r="N15" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="O15" s="50">
+      <c r="O15" s="47">
         <v>2021</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="B16" s="47">
+      <c r="B16" s="44">
         <v>108880269</v>
       </c>
-      <c r="C16" s="51" t="s">
+      <c r="C16" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="47">
+      <c r="D16" s="44">
         <v>88</v>
       </c>
-      <c r="E16" s="41" t="s">
+      <c r="E16" s="38" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="42"/>
-[...2 lines deleted...]
-      <c r="I16" s="47" t="s">
+      <c r="F16" s="39"/>
+      <c r="G16" s="44"/>
+      <c r="H16" s="44"/>
+      <c r="I16" s="44" t="s">
         <v>64</v>
       </c>
-      <c r="J16" s="34" t="s">
+      <c r="J16" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K16" s="34">
+      <c r="K16" s="31">
         <v>0.25</v>
       </c>
-      <c r="L16" s="35" t="s">
+      <c r="L16" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="M16" s="33" t="s">
+      <c r="M16" s="30" t="s">
         <v>77</v>
       </c>
-      <c r="N16" s="33" t="s">
+      <c r="N16" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="O16" s="50">
+      <c r="O16" s="47">
         <v>2021</v>
       </c>
     </row>
-    <row r="17" spans="1:15" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="42" t="s">
+    <row r="17" spans="1:15" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="39" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="47">
+      <c r="B17" s="44">
         <v>107340009</v>
       </c>
-      <c r="C17" s="51" t="s">
+      <c r="C17" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="47">
+      <c r="D17" s="44">
         <v>91</v>
       </c>
-      <c r="E17" s="53" t="s">
+      <c r="E17" s="50" t="s">
         <v>68</v>
       </c>
-      <c r="F17" s="42"/>
-      <c r="G17" s="47" t="s">
+      <c r="F17" s="39"/>
+      <c r="G17" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H17" s="52" t="s">
+      <c r="H17" s="49" t="s">
         <v>69</v>
       </c>
-      <c r="I17" s="47"/>
-      <c r="J17" s="34" t="s">
+      <c r="I17" s="44"/>
+      <c r="J17" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K17" s="34">
+      <c r="K17" s="31">
         <v>0.25</v>
       </c>
-      <c r="L17" s="35" t="s">
+      <c r="L17" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="M17" s="33" t="s">
+      <c r="M17" s="30" t="s">
         <v>77</v>
       </c>
-      <c r="N17" s="33" t="s">
+      <c r="N17" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="O17" s="50">
+      <c r="O17" s="47">
         <v>2021</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="42" t="s">
+      <c r="A18" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="47">
+      <c r="B18" s="44">
         <v>401290238</v>
       </c>
-      <c r="C18" s="47" t="s">
+      <c r="C18" s="44" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="48">
+      <c r="D18" s="45">
         <v>88</v>
       </c>
-      <c r="E18" s="41" t="s">
+      <c r="E18" s="38" t="s">
         <v>71</v>
       </c>
-      <c r="F18" s="42"/>
-[...2 lines deleted...]
-      <c r="I18" s="47" t="s">
+      <c r="F18" s="39"/>
+      <c r="G18" s="44"/>
+      <c r="H18" s="44"/>
+      <c r="I18" s="44" t="s">
         <v>64</v>
       </c>
-      <c r="J18" s="34" t="s">
+      <c r="J18" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K18" s="34">
+      <c r="K18" s="31">
         <v>0.25</v>
       </c>
-      <c r="L18" s="35" t="s">
+      <c r="L18" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="M18" s="33" t="s">
+      <c r="M18" s="30" t="s">
         <v>77</v>
       </c>
-      <c r="N18" s="33" t="s">
+      <c r="N18" s="30" t="s">
         <v>37</v>
       </c>
-      <c r="O18" s="50">
+      <c r="O18" s="47">
         <v>2021</v>
       </c>
     </row>
-    <row r="19" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="42" t="s">
+    <row r="19" spans="1:15" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" s="76">
+        <v>110110991</v>
+      </c>
+      <c r="C19" s="77" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" s="76">
+        <v>88</v>
+      </c>
+      <c r="E19" s="74" t="s">
+        <v>153</v>
+      </c>
+      <c r="F19" s="39"/>
+      <c r="G19" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="I19" s="44"/>
+      <c r="J19" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" s="31">
+        <v>0.5</v>
+      </c>
+      <c r="L19" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="M19" s="30" t="s">
+        <v>77</v>
+      </c>
+      <c r="N19" s="30" t="s">
+        <v>56</v>
+      </c>
+      <c r="O19" s="47">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="B19" s="47">
+      <c r="B20" s="44">
         <v>101040571</v>
       </c>
-      <c r="C19" s="51" t="s">
+      <c r="C20" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="47">
+      <c r="D20" s="44">
         <v>88</v>
       </c>
-      <c r="E19" s="54" t="s">
+      <c r="E20" s="51" t="s">
         <v>73</v>
       </c>
-      <c r="F19" s="42"/>
-      <c r="G19" s="47" t="s">
+      <c r="F20" s="39"/>
+      <c r="G20" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H19" s="47" t="s">
+      <c r="H20" s="44" t="s">
         <v>74</v>
       </c>
-      <c r="I19" s="47"/>
-      <c r="J19" s="34" t="s">
+      <c r="I20" s="3"/>
+      <c r="J20" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K19" s="34">
-[...2 lines deleted...]
-      <c r="L19" s="35" t="s">
+      <c r="K20" s="31">
+        <v>0.25</v>
+      </c>
+      <c r="L20" s="32" t="s">
         <v>21</v>
       </c>
-      <c r="M19" s="33" t="s">
+      <c r="M20" s="30" t="s">
         <v>77</v>
       </c>
-      <c r="N19" s="33" t="s">
+      <c r="N20" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="O20" s="47">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="B21" s="39">
+        <v>503420141</v>
+      </c>
+      <c r="C21" s="48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" s="44">
+        <v>88</v>
+      </c>
+      <c r="E21" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="F21" s="1"/>
+      <c r="G21" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="H21" s="44" t="s">
+        <v>74</v>
+      </c>
+      <c r="I21" s="3"/>
+      <c r="J21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" s="31">
+        <v>0.25</v>
+      </c>
+      <c r="L21" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="M21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="N21" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="O19" s="50">
+      <c r="O21" s="33">
         <v>2021</v>
       </c>
     </row>
-    <row r="20" spans="1:15" ht="45" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-    </row>
     <row r="22" spans="1:15" ht="57.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="94" t="s">
+      <c r="A22" s="102" t="s">
         <v>43</v>
       </c>
-      <c r="B22" s="95"/>
-[...8 lines deleted...]
-      <c r="K22" s="95"/>
+      <c r="B22" s="103"/>
+      <c r="C22" s="103"/>
+      <c r="D22" s="103"/>
+      <c r="E22" s="103"/>
+      <c r="F22" s="103"/>
+      <c r="G22" s="103"/>
+      <c r="H22" s="103"/>
+      <c r="I22" s="103"/>
+      <c r="J22" s="103"/>
+      <c r="K22" s="103"/>
       <c r="L22" s="9"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8"/>
     </row>
     <row r="23" spans="1:15" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="97" t="s">
+      <c r="A23" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="B23" s="98"/>
-[...12 lines deleted...]
-      <c r="O23" s="98"/>
+      <c r="B23" s="97"/>
+      <c r="C23" s="97"/>
+      <c r="D23" s="97"/>
+      <c r="E23" s="97"/>
+      <c r="F23" s="97"/>
+      <c r="G23" s="97"/>
+      <c r="H23" s="97"/>
+      <c r="I23" s="97"/>
+      <c r="J23" s="97"/>
+      <c r="K23" s="97"/>
+      <c r="L23" s="97"/>
+      <c r="M23" s="97"/>
+      <c r="N23" s="97"/>
+      <c r="O23" s="97"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="99" t="s">
+      <c r="A24" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B24" s="100"/>
-[...12 lines deleted...]
-      <c r="O24" s="100"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="99"/>
+      <c r="D24" s="99"/>
+      <c r="E24" s="99"/>
+      <c r="F24" s="99"/>
+      <c r="G24" s="99"/>
+      <c r="H24" s="99"/>
+      <c r="I24" s="99"/>
+      <c r="J24" s="99"/>
+      <c r="K24" s="99"/>
+      <c r="L24" s="99"/>
+      <c r="M24" s="99"/>
+      <c r="N24" s="99"/>
+      <c r="O24" s="99"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A25" s="99" t="s">
+      <c r="A25" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="B25" s="100"/>
-[...12 lines deleted...]
-      <c r="O25" s="100"/>
+      <c r="B25" s="99"/>
+      <c r="C25" s="99"/>
+      <c r="D25" s="99"/>
+      <c r="E25" s="99"/>
+      <c r="F25" s="99"/>
+      <c r="G25" s="99"/>
+      <c r="H25" s="99"/>
+      <c r="I25" s="99"/>
+      <c r="J25" s="99"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="99"/>
+      <c r="N25" s="99"/>
+      <c r="O25" s="99"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A26" s="99" t="s">
+      <c r="A26" s="98" t="s">
         <v>52</v>
       </c>
-      <c r="B26" s="100"/>
-[...12 lines deleted...]
-      <c r="O26" s="100"/>
+      <c r="B26" s="99"/>
+      <c r="C26" s="99"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="99"/>
+      <c r="F26" s="99"/>
+      <c r="G26" s="99"/>
+      <c r="H26" s="99"/>
+      <c r="I26" s="99"/>
+      <c r="J26" s="99"/>
+      <c r="K26" s="99"/>
+      <c r="L26" s="99"/>
+      <c r="M26" s="99"/>
+      <c r="N26" s="99"/>
+      <c r="O26" s="99"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A27" s="99" t="s">
+      <c r="A27" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="B27" s="100"/>
-[...12 lines deleted...]
-      <c r="O27" s="100"/>
+      <c r="B27" s="99"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="99"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="99"/>
+      <c r="G27" s="99"/>
+      <c r="H27" s="99"/>
+      <c r="I27" s="99"/>
+      <c r="J27" s="99"/>
+      <c r="K27" s="99"/>
+      <c r="L27" s="99"/>
+      <c r="M27" s="99"/>
+      <c r="N27" s="99"/>
+      <c r="O27" s="99"/>
     </row>
     <row r="28" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="99" t="s">
+      <c r="A28" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="B28" s="100"/>
-[...12 lines deleted...]
-      <c r="O28" s="100"/>
+      <c r="B28" s="99"/>
+      <c r="C28" s="99"/>
+      <c r="D28" s="99"/>
+      <c r="E28" s="99"/>
+      <c r="F28" s="99"/>
+      <c r="G28" s="99"/>
+      <c r="H28" s="99"/>
+      <c r="I28" s="99"/>
+      <c r="J28" s="99"/>
+      <c r="K28" s="99"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="99"/>
+      <c r="O28" s="99"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A29" s="99" t="s">
+      <c r="A29" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="B29" s="100"/>
-[...12 lines deleted...]
-      <c r="O29" s="100"/>
+      <c r="B29" s="99"/>
+      <c r="C29" s="99"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="99"/>
+      <c r="F29" s="99"/>
+      <c r="G29" s="99"/>
+      <c r="H29" s="99"/>
+      <c r="I29" s="99"/>
+      <c r="J29" s="99"/>
+      <c r="K29" s="99"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="99"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="99"/>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A30" s="99" t="s">
+      <c r="A30" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="B30" s="100"/>
-[...12 lines deleted...]
-      <c r="O30" s="100"/>
+      <c r="B30" s="99"/>
+      <c r="C30" s="99"/>
+      <c r="D30" s="99"/>
+      <c r="E30" s="99"/>
+      <c r="F30" s="99"/>
+      <c r="G30" s="99"/>
+      <c r="H30" s="99"/>
+      <c r="I30" s="99"/>
+      <c r="J30" s="99"/>
+      <c r="K30" s="99"/>
+      <c r="L30" s="99"/>
+      <c r="M30" s="99"/>
+      <c r="N30" s="99"/>
+      <c r="O30" s="99"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A31" s="99" t="s">
+      <c r="A31" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="B31" s="100"/>
-[...12 lines deleted...]
-      <c r="O31" s="100"/>
+      <c r="B31" s="99"/>
+      <c r="C31" s="99"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="99"/>
+      <c r="F31" s="99"/>
+      <c r="G31" s="99"/>
+      <c r="H31" s="99"/>
+      <c r="I31" s="99"/>
+      <c r="J31" s="99"/>
+      <c r="K31" s="99"/>
+      <c r="L31" s="99"/>
+      <c r="M31" s="99"/>
+      <c r="N31" s="99"/>
+      <c r="O31" s="99"/>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A32" s="99" t="s">
+      <c r="A32" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="B32" s="100"/>
-[...12 lines deleted...]
-      <c r="O32" s="100"/>
+      <c r="B32" s="99"/>
+      <c r="C32" s="99"/>
+      <c r="D32" s="99"/>
+      <c r="E32" s="99"/>
+      <c r="F32" s="99"/>
+      <c r="G32" s="99"/>
+      <c r="H32" s="99"/>
+      <c r="I32" s="99"/>
+      <c r="J32" s="99"/>
+      <c r="K32" s="99"/>
+      <c r="L32" s="99"/>
+      <c r="M32" s="99"/>
+      <c r="N32" s="99"/>
+      <c r="O32" s="99"/>
     </row>
     <row r="33" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="18" t="s">
+      <c r="A33" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="B33" s="19"/>
-[...12 lines deleted...]
-      <c r="O33" s="19"/>
+      <c r="B33" s="17"/>
+      <c r="C33" s="17"/>
+      <c r="D33" s="17"/>
+      <c r="E33" s="17"/>
+      <c r="F33" s="17"/>
+      <c r="G33" s="17"/>
+      <c r="H33" s="17"/>
+      <c r="I33" s="17"/>
+      <c r="J33" s="17"/>
+      <c r="K33" s="17"/>
+      <c r="L33" s="17"/>
+      <c r="M33" s="17"/>
+      <c r="N33" s="17"/>
+      <c r="O33" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="33">
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A7:O7"/>
     <mergeCell ref="P1:AD1048576"/>
     <mergeCell ref="A23:O23"/>
     <mergeCell ref="A24:O24"/>
     <mergeCell ref="A25:O25"/>
     <mergeCell ref="A26:O26"/>
     <mergeCell ref="A27:O27"/>
     <mergeCell ref="A28:O28"/>
     <mergeCell ref="A29:O29"/>
     <mergeCell ref="A30:O30"/>
     <mergeCell ref="A31:O31"/>
     <mergeCell ref="A32:O32"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="N12:N13"/>
     <mergeCell ref="A22:K22"/>
     <mergeCell ref="A5:O5"/>
-    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A11:O11"/>
     <mergeCell ref="M12:M13"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="O12:O13"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="L12:L13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="A4:O4"/>
-    <mergeCell ref="A7:O7"/>
-    <mergeCell ref="A11:O11"/>
   </mergeCells>
-  <conditionalFormatting sqref="E14:E16 A14:A19 C14:D19 F14:I19 B15:B16 B18">
-    <cfRule type="expression" dxfId="57" priority="5" stopIfTrue="1">
+  <conditionalFormatting sqref="A20 C20:D20 G20:H21">
+    <cfRule type="expression" dxfId="67" priority="27" stopIfTrue="1">
+      <formula>$I19="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="66" priority="28">
+      <formula>$F19="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E14:E16 F14:I18 A14:A19 C14:D19 B15:B16 B18:B19 F19 I19">
+    <cfRule type="expression" dxfId="65" priority="5" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="56" priority="6">
+    <cfRule type="expression" dxfId="64" priority="6">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E18">
-    <cfRule type="expression" dxfId="55" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="63" priority="1" stopIfTrue="1">
       <formula>$I18="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="54" priority="2">
+    <cfRule type="expression" dxfId="62" priority="2">
       <formula>$F18="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G20:H20">
-[...8 lines deleted...]
-    <cfRule type="expression" dxfId="51" priority="7" stopIfTrue="1">
+  <conditionalFormatting sqref="J14:O14 J15:K19 L15:O20 I20:K20 A21:F21 I21:O21">
+    <cfRule type="expression" dxfId="61" priority="7" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="50" priority="11">
+    <cfRule type="expression" dxfId="60" priority="11">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.70866141732283472" right="0.11811023622047245" top="0.94488188976377963" bottom="0.74803149606299213" header="0" footer="0"/>
   <pageSetup scale="50" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
-[...5 lines deleted...]
-        </x14:dataValidation>
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{256519B9-4A70-47A4-86C4-C2105287308A}">
           <x14:formula1>
             <xm:f>DATOS!$C$3:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>J14:J21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9B30BC5D-C5DE-45B8-A0EE-6AD566260836}">
           <x14:formula1>
             <xm:f>DATOS!$E$3:$E$6</xm:f>
           </x14:formula1>
           <xm:sqref>K14:K21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D665C9EC-F45B-4798-8D88-0FCDCD0A8586}">
           <x14:formula1>
             <xm:f>DATOS!$G$3:$G$10</xm:f>
           </x14:formula1>
           <xm:sqref>L14:L21</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{70DF9E9A-5059-4FCA-8F28-0C2D034AB730}">
           <x14:formula1>
             <xm:f>DATOS!$I$3:$I$7</xm:f>
           </x14:formula1>
           <xm:sqref>N14:N21</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{715EFB7B-6138-49B4-98A1-D0485FF7B059}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:AD32"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:O5"/>
+    <sheetView topLeftCell="A11" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.42578125" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
-    <col min="5" max="5" width="36.7109375" customWidth="1"/>
+    <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" customWidth="1"/>
     <col min="9" max="9" width="20.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.140625" customWidth="1"/>
     <col min="11" max="11" width="19.5703125" customWidth="1"/>
     <col min="12" max="12" width="21.85546875" customWidth="1"/>
     <col min="13" max="15" width="22.42578125" customWidth="1"/>
-    <col min="16" max="30" width="11.42578125" style="96" customWidth="1"/>
+    <col min="16" max="30" width="11.42578125" style="95" customWidth="1"/>
     <col min="31" max="237" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="101" t="s">
+      <c r="A1" s="100" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="102"/>
-[...12 lines deleted...]
-      <c r="O1" s="102"/>
+      <c r="B1" s="101"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
+      <c r="M1" s="101"/>
+      <c r="N1" s="101"/>
+      <c r="O1" s="101"/>
     </row>
     <row r="2" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="B2" s="78"/>
-[...12 lines deleted...]
-      <c r="O2" s="78"/>
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
     </row>
     <row r="3" spans="1:15" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="77" t="s">
+      <c r="A3" s="82" t="s">
         <v>58</v>
       </c>
-      <c r="B3" s="78"/>
-[...12 lines deleted...]
-      <c r="O3" s="78"/>
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="83"/>
+      <c r="I3" s="83"/>
+      <c r="J3" s="83"/>
+      <c r="K3" s="83"/>
+      <c r="L3" s="83"/>
+      <c r="M3" s="83"/>
+      <c r="N3" s="83"/>
+      <c r="O3" s="83"/>
     </row>
     <row r="4" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="88" t="s">
+      <c r="A4" s="91" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="89"/>
-[...12 lines deleted...]
-      <c r="O4" s="89"/>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
     </row>
     <row r="5" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="79" t="s">
+      <c r="A5" s="84" t="s">
         <v>148</v>
       </c>
-      <c r="B5" s="80"/>
-[...12 lines deleted...]
-      <c r="O5" s="80"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
     </row>
     <row r="6" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="79" t="s">
+      <c r="A6" s="84" t="s">
         <v>127</v>
       </c>
-      <c r="B6" s="80"/>
-[...12 lines deleted...]
-      <c r="O6" s="80"/>
+      <c r="B6" s="85"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="85"/>
+      <c r="E6" s="85"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="85"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="85"/>
+      <c r="L6" s="85"/>
+      <c r="M6" s="85"/>
+      <c r="N6" s="85"/>
+      <c r="O6" s="85"/>
     </row>
     <row r="7" spans="1:15" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="90" t="s">
+      <c r="A7" s="93" t="s">
         <v>134</v>
       </c>
-      <c r="B7" s="91"/>
-[...12 lines deleted...]
-      <c r="O7" s="91"/>
+      <c r="B7" s="94"/>
+      <c r="C7" s="94"/>
+      <c r="D7" s="94"/>
+      <c r="E7" s="94"/>
+      <c r="F7" s="94"/>
+      <c r="G7" s="94"/>
+      <c r="H7" s="94"/>
+      <c r="I7" s="94"/>
+      <c r="J7" s="94"/>
+      <c r="K7" s="94"/>
+      <c r="L7" s="94"/>
+      <c r="M7" s="94"/>
+      <c r="N7" s="94"/>
+      <c r="O7" s="94"/>
     </row>
     <row r="8" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>135</v>
       </c>
-      <c r="B8" s="14"/>
-[...12 lines deleted...]
-      <c r="O8" s="14"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
     </row>
     <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="15" t="s">
+      <c r="A9" s="14" t="s">
         <v>136</v>
       </c>
-      <c r="B9" s="14"/>
-[...12 lines deleted...]
-      <c r="O9" s="14"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>146</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
     </row>
     <row r="11" spans="1:15" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="92"/>
-[...13 lines deleted...]
-      <c r="O11" s="93"/>
+      <c r="A11" s="78"/>
+      <c r="B11" s="79"/>
+      <c r="C11" s="79"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="79"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="79"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="79"/>
     </row>
     <row r="12" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="86" t="s">
+      <c r="A12" s="89" t="s">
         <v>35</v>
       </c>
-      <c r="B12" s="81" t="s">
+      <c r="B12" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="81" t="s">
+      <c r="C12" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="81" t="s">
+      <c r="D12" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="E12" s="81" t="s">
+      <c r="E12" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="F12" s="81" t="s">
+      <c r="F12" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="G12" s="83" t="s">
+      <c r="G12" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="84"/>
-[...1 lines deleted...]
-      <c r="J12" s="81" t="s">
+      <c r="H12" s="87"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="K12" s="81" t="s">
+      <c r="K12" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="L12" s="81" t="s">
+      <c r="L12" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="M12" s="81" t="s">
+      <c r="M12" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="N12" s="81" t="s">
+      <c r="N12" s="80" t="s">
         <v>39</v>
       </c>
-      <c r="O12" s="81" t="s">
+      <c r="O12" s="80" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="87"/>
-[...4 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="A13" s="90"/>
+      <c r="B13" s="81"/>
+      <c r="C13" s="81"/>
+      <c r="D13" s="81"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="81"/>
       <c r="G13" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="H13" s="21" t="s">
+      <c r="H13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J13" s="82"/>
-[...4 lines deleted...]
-      <c r="O13" s="82"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
+      <c r="L13" s="81"/>
+      <c r="M13" s="81"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="81"/>
     </row>
     <row r="14" spans="1:15" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="B14" s="47">
+      <c r="B14" s="44">
         <v>205740823</v>
       </c>
-      <c r="C14" s="51" t="s">
+      <c r="C14" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="52">
+      <c r="D14" s="49">
         <v>88</v>
       </c>
-      <c r="E14" s="53" t="s">
+      <c r="E14" s="50" t="s">
         <v>79</v>
       </c>
-      <c r="F14" s="42"/>
-      <c r="G14" s="47" t="s">
+      <c r="F14" s="39"/>
+      <c r="G14" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H14" s="52" t="s">
+      <c r="H14" s="49" t="s">
         <v>80</v>
       </c>
-      <c r="I14" s="70"/>
-      <c r="J14" s="34" t="s">
+      <c r="I14" s="67"/>
+      <c r="J14" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K14" s="34">
+      <c r="K14" s="31">
         <v>0.5</v>
       </c>
-      <c r="L14" s="35" t="s">
+      <c r="L14" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N14" s="33" t="s">
+      <c r="N14" s="30" t="s">
         <v>53</v>
       </c>
       <c r="O14" s="3">
         <v>2021</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="45" x14ac:dyDescent="0.25">
-      <c r="A15" s="42" t="s">
+      <c r="A15" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="B15" s="42">
+      <c r="B15" s="39">
         <v>601920142</v>
       </c>
-      <c r="C15" s="51" t="s">
+      <c r="C15" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="52">
+      <c r="D15" s="49">
         <v>88</v>
       </c>
-      <c r="E15" s="41" t="s">
+      <c r="E15" s="38" t="s">
         <v>82</v>
       </c>
-      <c r="F15" s="42"/>
-[...2 lines deleted...]
-      <c r="I15" s="71" t="s">
+      <c r="F15" s="39"/>
+      <c r="G15" s="39"/>
+      <c r="H15" s="39"/>
+      <c r="I15" s="68" t="s">
         <v>64</v>
       </c>
-      <c r="J15" s="45" t="s">
+      <c r="J15" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="K15" s="34">
+      <c r="K15" s="31">
         <v>0.25</v>
       </c>
-      <c r="L15" s="35" t="s">
+      <c r="L15" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N15" s="33" t="s">
+      <c r="N15" s="30" t="s">
         <v>53</v>
       </c>
       <c r="O15" s="3">
         <v>2021</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="B16" s="42">
+      <c r="B16" s="39">
         <v>108880269</v>
       </c>
-      <c r="C16" s="51" t="s">
+      <c r="C16" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="52">
+      <c r="D16" s="49">
         <v>88</v>
       </c>
-      <c r="E16" s="41" t="s">
+      <c r="E16" s="38" t="s">
         <v>66</v>
       </c>
-      <c r="F16" s="42"/>
-[...2 lines deleted...]
-      <c r="I16" s="71" t="s">
+      <c r="F16" s="39"/>
+      <c r="G16" s="39"/>
+      <c r="H16" s="39"/>
+      <c r="I16" s="68" t="s">
         <v>64</v>
       </c>
-      <c r="J16" s="45" t="s">
+      <c r="J16" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="K16" s="34">
+      <c r="K16" s="31">
         <v>0.25</v>
       </c>
-      <c r="L16" s="35" t="s">
+      <c r="L16" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N16" s="33" t="s">
+      <c r="N16" s="30" t="s">
         <v>53</v>
       </c>
       <c r="O16" s="3">
         <v>2021</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="42" t="s">
+      <c r="A17" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B17" s="42">
+      <c r="B17" s="39">
         <v>205150233</v>
       </c>
-      <c r="C17" s="51" t="s">
+      <c r="C17" s="48" t="s">
         <v>19</v>
       </c>
-      <c r="D17" s="52">
+      <c r="D17" s="49">
         <v>88</v>
       </c>
-      <c r="E17" s="41" t="s">
+      <c r="E17" s="38" t="s">
         <v>85</v>
       </c>
-      <c r="F17" s="42"/>
-[...2 lines deleted...]
-      <c r="I17" s="71" t="s">
+      <c r="F17" s="39"/>
+      <c r="G17" s="39"/>
+      <c r="H17" s="39"/>
+      <c r="I17" s="68" t="s">
         <v>64</v>
       </c>
-      <c r="J17" s="45" t="s">
+      <c r="J17" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="K17" s="34">
+      <c r="K17" s="31">
         <v>0.25</v>
       </c>
-      <c r="L17" s="35" t="s">
+      <c r="L17" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N17" s="33" t="s">
+      <c r="N17" s="30" t="s">
         <v>37</v>
       </c>
       <c r="O17" s="3">
         <v>2021</v>
       </c>
     </row>
-    <row r="18" spans="1:15" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C18" s="51" t="s">
+    <row r="18" spans="1:15" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="39" t="str">
+        <f>'PERFIL 1'!A19</f>
+        <v>OVIEDO BLANCO EDGAR</v>
+      </c>
+      <c r="B18" s="44">
+        <f>'PERFIL 1'!B19</f>
+        <v>110110991</v>
+      </c>
+      <c r="C18" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="52">
+      <c r="D18" s="49">
         <v>88</v>
       </c>
-      <c r="E18" s="41" t="s">
-[...3 lines deleted...]
-      <c r="G18" s="47" t="s">
+      <c r="E18" s="38" t="str">
+        <f>'PERFIL 1'!$E$19</f>
+        <v>Computación con énfasis en Sistemas de Información
+Ingeniería del Software
+Administración de Negocios con énfasis en Finanzas
+Diplomacia 
+Aplicaciones de la Informática</v>
+      </c>
+      <c r="F18" s="39"/>
+      <c r="G18" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H18" s="47" t="s">
-[...3 lines deleted...]
-      <c r="J18" s="45" t="s">
+      <c r="H18" s="44" t="s">
+        <v>154</v>
+      </c>
+      <c r="I18" s="68"/>
+      <c r="J18" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="K18" s="34">
+      <c r="K18" s="31">
         <v>0.5</v>
       </c>
-      <c r="L18" s="35" t="s">
+      <c r="L18" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N18" s="33" t="s">
-        <v>53</v>
+      <c r="N18" s="30" t="s">
+        <v>56</v>
       </c>
       <c r="O18" s="3">
-        <v>2021</v>
-[...7 lines deleted...]
-        <v>502580484</v>
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19" s="44">
+        <v>109220135</v>
       </c>
       <c r="C19" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="48">
+      <c r="D19" s="49">
         <v>88</v>
       </c>
-      <c r="E19" s="43" t="s">
-[...8 lines deleted...]
-      <c r="J19" s="48" t="s">
+      <c r="E19" s="38" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" s="39"/>
+      <c r="G19" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="H19" s="44" t="s">
+        <v>74</v>
+      </c>
+      <c r="I19" s="68"/>
+      <c r="J19" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="K19" s="48">
-[...2 lines deleted...]
-      <c r="L19" s="35" t="s">
+      <c r="K19" s="31">
+        <v>0.5</v>
+      </c>
+      <c r="L19" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N19" s="49" t="s">
+      <c r="N19" s="30" t="s">
+        <v>53</v>
+      </c>
+      <c r="O19" s="3">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="45">
+        <v>502580484</v>
+      </c>
+      <c r="C20" s="45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" s="45">
+        <v>88</v>
+      </c>
+      <c r="E20" s="40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="41"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="41"/>
+      <c r="I20" s="69" t="s">
+        <v>64</v>
+      </c>
+      <c r="J20" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="45">
+        <v>0.25</v>
+      </c>
+      <c r="L20" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="M20" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="N20" s="46" t="s">
         <v>56</v>
       </c>
-      <c r="O19" s="48">
+      <c r="O20" s="45">
         <v>2025</v>
       </c>
     </row>
-    <row r="20" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-    </row>
     <row r="21" spans="1:15" ht="57.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="94" t="s">
+      <c r="A21" s="102" t="s">
         <v>43</v>
       </c>
-      <c r="B21" s="95"/>
-[...8 lines deleted...]
-      <c r="K21" s="95"/>
+      <c r="B21" s="103"/>
+      <c r="C21" s="103"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="103"/>
+      <c r="F21" s="103"/>
+      <c r="G21" s="103"/>
+      <c r="H21" s="103"/>
+      <c r="I21" s="103"/>
+      <c r="J21" s="103"/>
+      <c r="K21" s="103"/>
       <c r="L21" s="9"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
     </row>
     <row r="22" spans="1:15" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="97" t="s">
+      <c r="A22" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="B22" s="98"/>
-[...12 lines deleted...]
-      <c r="O22" s="98"/>
+      <c r="B22" s="97"/>
+      <c r="C22" s="97"/>
+      <c r="D22" s="97"/>
+      <c r="E22" s="97"/>
+      <c r="F22" s="97"/>
+      <c r="G22" s="97"/>
+      <c r="H22" s="97"/>
+      <c r="I22" s="97"/>
+      <c r="J22" s="97"/>
+      <c r="K22" s="97"/>
+      <c r="L22" s="97"/>
+      <c r="M22" s="97"/>
+      <c r="N22" s="97"/>
+      <c r="O22" s="97"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="99" t="s">
+      <c r="A23" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B23" s="100"/>
-[...12 lines deleted...]
-      <c r="O23" s="100"/>
+      <c r="B23" s="99"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="99"/>
+      <c r="E23" s="99"/>
+      <c r="F23" s="99"/>
+      <c r="G23" s="99"/>
+      <c r="H23" s="99"/>
+      <c r="I23" s="99"/>
+      <c r="J23" s="99"/>
+      <c r="K23" s="99"/>
+      <c r="L23" s="99"/>
+      <c r="M23" s="99"/>
+      <c r="N23" s="99"/>
+      <c r="O23" s="99"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="99" t="s">
+      <c r="A24" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="B24" s="100"/>
-[...12 lines deleted...]
-      <c r="O24" s="100"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="99"/>
+      <c r="D24" s="99"/>
+      <c r="E24" s="99"/>
+      <c r="F24" s="99"/>
+      <c r="G24" s="99"/>
+      <c r="H24" s="99"/>
+      <c r="I24" s="99"/>
+      <c r="J24" s="99"/>
+      <c r="K24" s="99"/>
+      <c r="L24" s="99"/>
+      <c r="M24" s="99"/>
+      <c r="N24" s="99"/>
+      <c r="O24" s="99"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A25" s="99" t="s">
+      <c r="A25" s="98" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="100"/>
-[...12 lines deleted...]
-      <c r="O25" s="100"/>
+      <c r="B25" s="99"/>
+      <c r="C25" s="99"/>
+      <c r="D25" s="99"/>
+      <c r="E25" s="99"/>
+      <c r="F25" s="99"/>
+      <c r="G25" s="99"/>
+      <c r="H25" s="99"/>
+      <c r="I25" s="99"/>
+      <c r="J25" s="99"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="99"/>
+      <c r="N25" s="99"/>
+      <c r="O25" s="99"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A26" s="99" t="s">
+      <c r="A26" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="B26" s="100"/>
-[...12 lines deleted...]
-      <c r="O26" s="100"/>
+      <c r="B26" s="99"/>
+      <c r="C26" s="99"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="99"/>
+      <c r="F26" s="99"/>
+      <c r="G26" s="99"/>
+      <c r="H26" s="99"/>
+      <c r="I26" s="99"/>
+      <c r="J26" s="99"/>
+      <c r="K26" s="99"/>
+      <c r="L26" s="99"/>
+      <c r="M26" s="99"/>
+      <c r="N26" s="99"/>
+      <c r="O26" s="99"/>
     </row>
     <row r="27" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="99" t="s">
+      <c r="A27" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="B27" s="100"/>
-[...12 lines deleted...]
-      <c r="O27" s="100"/>
+      <c r="B27" s="99"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="99"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="99"/>
+      <c r="G27" s="99"/>
+      <c r="H27" s="99"/>
+      <c r="I27" s="99"/>
+      <c r="J27" s="99"/>
+      <c r="K27" s="99"/>
+      <c r="L27" s="99"/>
+      <c r="M27" s="99"/>
+      <c r="N27" s="99"/>
+      <c r="O27" s="99"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A28" s="99" t="s">
+      <c r="A28" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="100"/>
-[...12 lines deleted...]
-      <c r="O28" s="100"/>
+      <c r="B28" s="99"/>
+      <c r="C28" s="99"/>
+      <c r="D28" s="99"/>
+      <c r="E28" s="99"/>
+      <c r="F28" s="99"/>
+      <c r="G28" s="99"/>
+      <c r="H28" s="99"/>
+      <c r="I28" s="99"/>
+      <c r="J28" s="99"/>
+      <c r="K28" s="99"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="99"/>
+      <c r="O28" s="99"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A29" s="99" t="s">
+      <c r="A29" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="100"/>
-[...12 lines deleted...]
-      <c r="O29" s="100"/>
+      <c r="B29" s="99"/>
+      <c r="C29" s="99"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="99"/>
+      <c r="F29" s="99"/>
+      <c r="G29" s="99"/>
+      <c r="H29" s="99"/>
+      <c r="I29" s="99"/>
+      <c r="J29" s="99"/>
+      <c r="K29" s="99"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="99"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="99"/>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A30" s="99" t="s">
+      <c r="A30" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="B30" s="100"/>
-[...12 lines deleted...]
-      <c r="O30" s="100"/>
+      <c r="B30" s="99"/>
+      <c r="C30" s="99"/>
+      <c r="D30" s="99"/>
+      <c r="E30" s="99"/>
+      <c r="F30" s="99"/>
+      <c r="G30" s="99"/>
+      <c r="H30" s="99"/>
+      <c r="I30" s="99"/>
+      <c r="J30" s="99"/>
+      <c r="K30" s="99"/>
+      <c r="L30" s="99"/>
+      <c r="M30" s="99"/>
+      <c r="N30" s="99"/>
+      <c r="O30" s="99"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A31" s="99" t="s">
+      <c r="A31" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="B31" s="100"/>
-[...12 lines deleted...]
-      <c r="O31" s="100"/>
+      <c r="B31" s="99"/>
+      <c r="C31" s="99"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="99"/>
+      <c r="F31" s="99"/>
+      <c r="G31" s="99"/>
+      <c r="H31" s="99"/>
+      <c r="I31" s="99"/>
+      <c r="J31" s="99"/>
+      <c r="K31" s="99"/>
+      <c r="L31" s="99"/>
+      <c r="M31" s="99"/>
+      <c r="N31" s="99"/>
+      <c r="O31" s="99"/>
     </row>
     <row r="32" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="18" t="s">
+      <c r="A32" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="B32" s="19"/>
-[...12 lines deleted...]
-      <c r="O32" s="19"/>
+      <c r="B32" s="17"/>
+      <c r="C32" s="17"/>
+      <c r="D32" s="17"/>
+      <c r="E32" s="17"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="17"/>
+      <c r="H32" s="17"/>
+      <c r="I32" s="17"/>
+      <c r="J32" s="17"/>
+      <c r="K32" s="17"/>
+      <c r="L32" s="17"/>
+      <c r="M32" s="17"/>
+      <c r="N32" s="17"/>
+      <c r="O32" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="33">
     <mergeCell ref="A27:O27"/>
     <mergeCell ref="A28:O28"/>
     <mergeCell ref="A29:O29"/>
     <mergeCell ref="A30:O30"/>
     <mergeCell ref="A31:O31"/>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A22:O22"/>
     <mergeCell ref="A23:O23"/>
     <mergeCell ref="A24:O24"/>
     <mergeCell ref="A25:O25"/>
     <mergeCell ref="O12:O13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="P1:AD1048576"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A26:O26"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="L12:L13"/>
     <mergeCell ref="M12:M13"/>
     <mergeCell ref="N12:N13"/>
   </mergeCells>
-  <conditionalFormatting sqref="A14:A18 B15:I17">
-    <cfRule type="expression" dxfId="49" priority="7" stopIfTrue="1">
+  <conditionalFormatting sqref="B15:I17 A14:A19">
+    <cfRule type="expression" dxfId="59" priority="9" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="48" priority="8">
+    <cfRule type="expression" dxfId="58" priority="10">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A19:K19 N19:O19">
-[...8 lines deleted...]
-    <cfRule type="expression" dxfId="45" priority="9" stopIfTrue="1">
+  <conditionalFormatting sqref="C14:D18 F14:I18 E18 C19:I19">
+    <cfRule type="expression" dxfId="57" priority="11" stopIfTrue="1">
       <formula>$I9="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="44" priority="10">
+    <cfRule type="expression" dxfId="56" priority="12">
       <formula>$F9="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E14">
-    <cfRule type="expression" dxfId="43" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="55" priority="5" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="42" priority="4">
+    <cfRule type="expression" dxfId="54" priority="6">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E16">
-    <cfRule type="expression" dxfId="41" priority="11" stopIfTrue="1">
+    <cfRule type="expression" dxfId="53" priority="13" stopIfTrue="1">
       <formula>$I16="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="40" priority="12">
+    <cfRule type="expression" dxfId="52" priority="14">
       <formula>$F16="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J14:O14 J15:L18 N15:O18 M15:M19 A20:O20">
-    <cfRule type="expression" dxfId="39" priority="13" stopIfTrue="1">
+  <conditionalFormatting sqref="M20 J14:O19">
+    <cfRule type="expression" dxfId="51" priority="15" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="38" priority="14">
+    <cfRule type="expression" dxfId="50" priority="16">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L19">
-[...1 lines deleted...]
-      <formula>$I19="X"</formula>
+  <conditionalFormatting sqref="L20">
+    <cfRule type="expression" dxfId="49" priority="3" stopIfTrue="1">
+      <formula>$I20="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="36" priority="2">
-      <formula>$F19="X"</formula>
+    <cfRule type="expression" dxfId="48" priority="4">
+      <formula>$F20="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A20:K20 N20:O20">
+    <cfRule type="expression" dxfId="47" priority="1" stopIfTrue="1">
+      <formula>$I20="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="46" priority="2">
+      <formula>$F20="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{9B55C933-EF73-4452-A2F4-1D8370A850BE}">
           <x14:formula1>
             <xm:f>DATOS!$I$3:$I$7</xm:f>
           </x14:formula1>
           <xm:sqref>N14:N20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{99108348-C861-4037-A198-6EC0EBCBFBB5}">
           <x14:formula1>
             <xm:f>DATOS!$G$3:$G$10</xm:f>
           </x14:formula1>
           <xm:sqref>L14:L20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5F93C0A7-E679-48E4-9F7B-F5143BD91287}">
           <x14:formula1>
             <xm:f>DATOS!$E$3:$E$6</xm:f>
           </x14:formula1>
           <xm:sqref>K14:K20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BC5DCEAA-CCA5-40CD-83EE-2D08C6AB3F24}">
           <x14:formula1>
             <xm:f>DATOS!$C$3:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>J14:J20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{40FFF7E9-33DC-4BEB-BCD6-2C70A15CF158}">
           <x14:formula1>
             <xm:f>DATOS!$A$3:$A$6</xm:f>
           </x14:formula1>
-          <xm:sqref>C19:C20</xm:sqref>
+          <xm:sqref>C20</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6E03BD8-6F87-4245-AAD2-E7E8D0189821}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:AD42"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:O5"/>
+    <sheetView topLeftCell="A20" workbookViewId="0">
+      <selection activeCell="H26" sqref="H26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
     <col min="5" max="5" width="48.7109375" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" customWidth="1"/>
     <col min="8" max="8" width="16.140625" customWidth="1"/>
     <col min="9" max="9" width="20.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.140625" customWidth="1"/>
     <col min="11" max="11" width="19.5703125" customWidth="1"/>
     <col min="12" max="12" width="21.85546875" customWidth="1"/>
     <col min="13" max="15" width="22.42578125" customWidth="1"/>
-    <col min="16" max="30" width="11.42578125" style="96" customWidth="1"/>
+    <col min="16" max="30" width="11.42578125" style="95" customWidth="1"/>
     <col min="31" max="237" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="101" t="s">
+      <c r="A1" s="100" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="102"/>
-[...12 lines deleted...]
-      <c r="O1" s="102"/>
+      <c r="B1" s="101"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
+      <c r="M1" s="101"/>
+      <c r="N1" s="101"/>
+      <c r="O1" s="101"/>
     </row>
     <row r="2" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="B2" s="78"/>
-[...12 lines deleted...]
-      <c r="O2" s="78"/>
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
     </row>
     <row r="3" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="77" t="s">
+      <c r="A3" s="82" t="s">
         <v>58</v>
       </c>
-      <c r="B3" s="78"/>
-[...12 lines deleted...]
-      <c r="O3" s="78"/>
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="83"/>
+      <c r="I3" s="83"/>
+      <c r="J3" s="83"/>
+      <c r="K3" s="83"/>
+      <c r="L3" s="83"/>
+      <c r="M3" s="83"/>
+      <c r="N3" s="83"/>
+      <c r="O3" s="83"/>
     </row>
     <row r="4" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="88" t="s">
+      <c r="A4" s="91" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="89"/>
-[...12 lines deleted...]
-      <c r="O4" s="89"/>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
     </row>
     <row r="5" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="79" t="s">
+      <c r="A5" s="84" t="s">
         <v>149</v>
       </c>
-      <c r="B5" s="80"/>
-[...12 lines deleted...]
-      <c r="O5" s="80"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
     </row>
     <row r="6" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="79" t="s">
+      <c r="A6" s="84" t="s">
         <v>128</v>
       </c>
-      <c r="B6" s="80"/>
-[...12 lines deleted...]
-      <c r="O6" s="80"/>
+      <c r="B6" s="85"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="85"/>
+      <c r="E6" s="85"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="85"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="85"/>
+      <c r="L6" s="85"/>
+      <c r="M6" s="85"/>
+      <c r="N6" s="85"/>
+      <c r="O6" s="85"/>
     </row>
     <row r="7" spans="1:15" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="90" t="s">
+      <c r="A7" s="93" t="s">
         <v>137</v>
       </c>
-      <c r="B7" s="91"/>
-[...12 lines deleted...]
-      <c r="O7" s="91"/>
+      <c r="B7" s="94"/>
+      <c r="C7" s="94"/>
+      <c r="D7" s="94"/>
+      <c r="E7" s="94"/>
+      <c r="F7" s="94"/>
+      <c r="G7" s="94"/>
+      <c r="H7" s="94"/>
+      <c r="I7" s="94"/>
+      <c r="J7" s="94"/>
+      <c r="K7" s="94"/>
+      <c r="L7" s="94"/>
+      <c r="M7" s="94"/>
+      <c r="N7" s="94"/>
+      <c r="O7" s="94"/>
     </row>
     <row r="8" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>138</v>
       </c>
-      <c r="B8" s="14"/>
-[...12 lines deleted...]
-      <c r="O8" s="14"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
     </row>
     <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="15" t="s">
+      <c r="A9" s="14" t="s">
         <v>139</v>
       </c>
-      <c r="B9" s="14"/>
-[...12 lines deleted...]
-      <c r="O9" s="14"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>146</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
     </row>
     <row r="11" spans="1:15" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="92"/>
-[...13 lines deleted...]
-      <c r="O11" s="93"/>
+      <c r="A11" s="78"/>
+      <c r="B11" s="79"/>
+      <c r="C11" s="79"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="79"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="79"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="79"/>
     </row>
     <row r="12" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="86" t="s">
+      <c r="A12" s="89" t="s">
         <v>35</v>
       </c>
-      <c r="B12" s="81" t="s">
+      <c r="B12" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="81" t="s">
+      <c r="C12" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="81" t="s">
+      <c r="D12" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="E12" s="81" t="s">
+      <c r="E12" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="F12" s="81" t="s">
+      <c r="F12" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="G12" s="83" t="s">
+      <c r="G12" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="84"/>
-[...1 lines deleted...]
-      <c r="J12" s="81" t="s">
+      <c r="H12" s="87"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="K12" s="81" t="s">
+      <c r="K12" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="L12" s="81" t="s">
+      <c r="L12" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="M12" s="81" t="s">
+      <c r="M12" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="N12" s="81" t="s">
+      <c r="N12" s="80" t="s">
         <v>39</v>
       </c>
-      <c r="O12" s="81" t="s">
+      <c r="O12" s="80" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="103"/>
-[...4 lines deleted...]
-      <c r="F13" s="104"/>
+      <c r="A13" s="104"/>
+      <c r="B13" s="105"/>
+      <c r="C13" s="105"/>
+      <c r="D13" s="105"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="105"/>
       <c r="G13" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="H13" s="21" t="s">
+      <c r="H13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J13" s="82"/>
-[...4 lines deleted...]
-      <c r="O13" s="82"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
+      <c r="L13" s="81"/>
+      <c r="M13" s="81"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="81"/>
     </row>
     <row r="14" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="22" t="s">
+      <c r="A14" s="19" t="s">
         <v>92</v>
       </c>
-      <c r="B14" s="25">
+      <c r="B14" s="22">
         <v>107980673</v>
       </c>
-      <c r="C14" s="24" t="s">
+      <c r="C14" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D14" s="57">
+      <c r="D14" s="54">
         <v>88</v>
       </c>
-      <c r="E14" s="54" t="s">
+      <c r="E14" s="51" t="s">
         <v>93</v>
       </c>
-      <c r="F14" s="38"/>
-[...3 lines deleted...]
-      <c r="J14" s="34" t="s">
+      <c r="F14" s="35"/>
+      <c r="G14" s="20"/>
+      <c r="H14" s="20"/>
+      <c r="I14" s="20"/>
+      <c r="J14" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K14" s="34">
+      <c r="K14" s="31">
         <v>0.25</v>
       </c>
-      <c r="L14" s="30" t="s">
+      <c r="L14" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N14" s="12" t="s">
+      <c r="N14" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="O14" s="36">
+      <c r="O14" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="58" t="s">
+      <c r="A15" s="55" t="s">
         <v>94</v>
       </c>
-      <c r="B15" s="59">
+      <c r="B15" s="56">
         <v>302620722</v>
       </c>
-      <c r="C15" s="60" t="s">
+      <c r="C15" s="57" t="s">
         <v>19</v>
       </c>
-      <c r="D15" s="61">
+      <c r="D15" s="58">
         <v>88</v>
       </c>
-      <c r="E15" s="62" t="s">
+      <c r="E15" s="59" t="s">
         <v>95</v>
       </c>
-      <c r="F15" s="39"/>
-[...2 lines deleted...]
-      <c r="I15" s="63" t="s">
+      <c r="F15" s="36"/>
+      <c r="G15" s="56"/>
+      <c r="H15" s="56"/>
+      <c r="I15" s="60" t="s">
         <v>64</v>
       </c>
-      <c r="J15" s="34" t="s">
+      <c r="J15" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K15" s="34">
+      <c r="K15" s="31">
         <v>0.25</v>
       </c>
-      <c r="L15" s="30" t="s">
+      <c r="L15" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N15" s="32" t="s">
+      <c r="N15" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O15" s="36">
+      <c r="O15" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="58" t="s">
+      <c r="A16" s="55" t="s">
         <v>96</v>
       </c>
-      <c r="B16" s="25">
+      <c r="B16" s="22">
         <v>401500903</v>
       </c>
-      <c r="C16" s="24" t="s">
+      <c r="C16" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="57">
+      <c r="D16" s="54">
         <v>88</v>
       </c>
-      <c r="E16" s="54" t="s">
+      <c r="E16" s="51" t="s">
         <v>97</v>
       </c>
-      <c r="F16" s="38"/>
-      <c r="G16" s="25" t="s">
+      <c r="F16" s="35"/>
+      <c r="G16" s="22" t="s">
         <v>98</v>
       </c>
-      <c r="H16" s="23" t="s">
+      <c r="H16" s="20" t="s">
         <v>99</v>
       </c>
-      <c r="I16" s="23"/>
-      <c r="J16" s="34" t="s">
+      <c r="I16" s="20"/>
+      <c r="J16" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K16" s="34">
+      <c r="K16" s="31">
         <v>0.25</v>
       </c>
-      <c r="L16" s="30" t="s">
+      <c r="L16" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N16" s="32" t="s">
+      <c r="N16" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="O16" s="36">
+      <c r="O16" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="58" t="s">
+      <c r="A17" s="55" t="s">
         <v>100</v>
       </c>
-      <c r="B17" s="58">
+      <c r="B17" s="55">
         <v>503180720</v>
       </c>
-      <c r="C17" s="24" t="s">
+      <c r="C17" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D17" s="26">
+      <c r="D17" s="23">
         <v>88</v>
       </c>
-      <c r="E17" s="64" t="s">
+      <c r="E17" s="61" t="s">
         <v>101</v>
       </c>
-      <c r="F17" s="58"/>
-[...2 lines deleted...]
-      <c r="I17" s="23" t="s">
+      <c r="F17" s="55"/>
+      <c r="G17" s="55"/>
+      <c r="H17" s="55"/>
+      <c r="I17" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="J17" s="34" t="s">
+      <c r="J17" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K17" s="34">
+      <c r="K17" s="31">
         <v>0.25</v>
       </c>
-      <c r="L17" s="30" t="s">
+      <c r="L17" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N17" s="32" t="s">
+      <c r="N17" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O17" s="36">
+      <c r="O17" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="58" t="s">
+      <c r="A18" s="55" t="s">
         <v>102</v>
       </c>
-      <c r="B18" s="58">
+      <c r="B18" s="55">
         <v>109700997</v>
       </c>
-      <c r="C18" s="24" t="s">
+      <c r="C18" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D18" s="26">
+      <c r="D18" s="23">
         <v>88</v>
       </c>
-      <c r="E18" s="37" t="s">
+      <c r="E18" s="34" t="s">
         <v>103</v>
       </c>
-      <c r="F18" s="58"/>
-[...2 lines deleted...]
-      <c r="I18" s="23" t="s">
+      <c r="F18" s="55"/>
+      <c r="G18" s="55"/>
+      <c r="H18" s="55"/>
+      <c r="I18" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="J18" s="34" t="s">
+      <c r="J18" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K18" s="34">
+      <c r="K18" s="31">
         <v>0.25</v>
       </c>
-      <c r="L18" s="30" t="s">
+      <c r="L18" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N18" s="32" t="s">
+      <c r="N18" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O18" s="36">
+      <c r="O18" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="58" t="s">
+      <c r="A19" s="55" t="s">
         <v>104</v>
       </c>
-      <c r="B19" s="58">
+      <c r="B19" s="55">
         <v>401290238</v>
       </c>
-      <c r="C19" s="24" t="s">
+      <c r="C19" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D19" s="26">
+      <c r="D19" s="23">
         <v>88</v>
       </c>
-      <c r="E19" s="37" t="s">
+      <c r="E19" s="34" t="s">
         <v>105</v>
       </c>
-      <c r="F19" s="58"/>
-[...2 lines deleted...]
-      <c r="I19" s="23" t="s">
+      <c r="F19" s="55"/>
+      <c r="G19" s="55"/>
+      <c r="H19" s="55"/>
+      <c r="I19" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="J19" s="34" t="s">
+      <c r="J19" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K19" s="34">
+      <c r="K19" s="31">
         <v>0.25</v>
       </c>
-      <c r="L19" s="30" t="s">
+      <c r="L19" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N19" s="12" t="s">
+      <c r="N19" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="O19" s="36">
+      <c r="O19" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="105" x14ac:dyDescent="0.25">
-      <c r="A20" s="58" t="s">
+      <c r="A20" s="55" t="s">
         <v>106</v>
       </c>
-      <c r="B20" s="58">
+      <c r="B20" s="55">
         <v>111250643</v>
       </c>
-      <c r="C20" s="24" t="s">
+      <c r="C20" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D20" s="26">
+      <c r="D20" s="23">
         <v>88</v>
       </c>
-      <c r="E20" s="37" t="s">
+      <c r="E20" s="34" t="s">
         <v>107</v>
       </c>
-      <c r="F20" s="58"/>
-[...2 lines deleted...]
-      <c r="I20" s="23" t="s">
+      <c r="F20" s="55"/>
+      <c r="G20" s="55"/>
+      <c r="H20" s="55"/>
+      <c r="I20" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="J20" s="34" t="s">
+      <c r="J20" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K20" s="34">
+      <c r="K20" s="31">
         <v>0.25</v>
       </c>
-      <c r="L20" s="30" t="s">
+      <c r="L20" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N20" s="32" t="s">
+      <c r="N20" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="O20" s="36">
+      <c r="O20" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="58" t="s">
+      <c r="A21" s="55" t="s">
         <v>108</v>
       </c>
-      <c r="B21" s="58">
+      <c r="B21" s="55">
         <v>105640052</v>
       </c>
-      <c r="C21" s="24" t="s">
+      <c r="C21" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D21" s="26">
+      <c r="D21" s="23">
         <v>88</v>
       </c>
-      <c r="E21" s="37" t="s">
+      <c r="E21" s="34" t="s">
         <v>109</v>
       </c>
-      <c r="F21" s="58"/>
-[...2 lines deleted...]
-      <c r="I21" s="23" t="s">
+      <c r="F21" s="55"/>
+      <c r="G21" s="55"/>
+      <c r="H21" s="55"/>
+      <c r="I21" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="J21" s="34" t="s">
+      <c r="J21" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K21" s="34">
+      <c r="K21" s="31">
         <v>0.25</v>
       </c>
-      <c r="L21" s="30" t="s">
+      <c r="L21" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M21" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N21" s="32" t="s">
+      <c r="N21" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O21" s="36">
+      <c r="O21" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="60" x14ac:dyDescent="0.25">
-      <c r="A22" s="58" t="s">
+      <c r="A22" s="55" t="s">
         <v>110</v>
       </c>
-      <c r="B22" s="58">
+      <c r="B22" s="55">
         <v>107980956</v>
       </c>
-      <c r="C22" s="24" t="s">
+      <c r="C22" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D22" s="26">
+      <c r="D22" s="23">
         <v>88</v>
       </c>
-      <c r="E22" s="37" t="s">
+      <c r="E22" s="34" t="s">
         <v>111</v>
       </c>
-      <c r="F22" s="58"/>
-[...2 lines deleted...]
-      <c r="I22" s="23" t="s">
+      <c r="F22" s="55"/>
+      <c r="G22" s="55"/>
+      <c r="H22" s="55"/>
+      <c r="I22" s="20" t="s">
         <v>64</v>
       </c>
-      <c r="J22" s="34" t="s">
+      <c r="J22" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K22" s="34">
+      <c r="K22" s="31">
         <v>0.25</v>
       </c>
-      <c r="L22" s="30" t="s">
+      <c r="L22" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N22" s="32" t="s">
+      <c r="N22" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O22" s="36">
+      <c r="O22" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="58" t="s">
+      <c r="A23" s="55" t="s">
         <v>86</v>
       </c>
-      <c r="B23" s="25">
+      <c r="B23" s="22">
         <v>109220135</v>
       </c>
-      <c r="C23" s="24" t="s">
+      <c r="C23" s="21" t="s">
         <v>15</v>
       </c>
-      <c r="D23" s="23">
+      <c r="D23" s="20">
         <v>88</v>
       </c>
-      <c r="E23" s="27" t="s">
+      <c r="E23" s="24" t="s">
         <v>87</v>
       </c>
-      <c r="F23" s="25"/>
-      <c r="G23" s="23" t="s">
+      <c r="F23" s="22"/>
+      <c r="G23" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="H23" s="23" t="s">
+      <c r="H23" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="I23" s="23"/>
-      <c r="J23" s="34" t="s">
+      <c r="I23" s="20"/>
+      <c r="J23" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K23" s="34">
+      <c r="K23" s="31">
         <v>0.5</v>
       </c>
-      <c r="L23" s="30" t="s">
+      <c r="L23" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M23" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N23" s="32" t="s">
+      <c r="N23" s="29" t="s">
         <v>53</v>
       </c>
-      <c r="O23" s="36">
+      <c r="O23" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="45" x14ac:dyDescent="0.25">
-      <c r="A24" s="65" t="s">
+      <c r="A24" s="62" t="s">
         <v>72</v>
       </c>
-      <c r="B24" s="40">
+      <c r="B24" s="37">
         <v>101040571</v>
       </c>
-      <c r="C24" s="66" t="s">
+      <c r="C24" s="63" t="s">
         <v>15</v>
       </c>
-      <c r="D24" s="46">
+      <c r="D24" s="43">
         <v>88</v>
       </c>
-      <c r="E24" s="29" t="s">
+      <c r="E24" s="26" t="s">
         <v>112</v>
       </c>
-      <c r="F24" s="40"/>
-      <c r="G24" s="23" t="s">
+      <c r="F24" s="37"/>
+      <c r="G24" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="H24" s="23" t="s">
+      <c r="H24" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="I24" s="46"/>
-      <c r="J24" s="34" t="s">
+      <c r="I24" s="43"/>
+      <c r="J24" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K24" s="34">
+      <c r="K24" s="31">
         <v>0.5</v>
       </c>
-      <c r="L24" s="30" t="s">
+      <c r="L24" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N24" s="31" t="s">
+      <c r="N24" s="28" t="s">
         <v>53</v>
       </c>
-      <c r="O24" s="36">
+      <c r="O24" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="111" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="28" t="s">
+      <c r="A25" s="25" t="s">
         <v>116</v>
       </c>
-      <c r="B25" s="25">
+      <c r="B25" s="22">
         <v>205830110</v>
       </c>
-      <c r="C25" s="24" t="s">
+      <c r="C25" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D25" s="23">
+      <c r="D25" s="20">
         <v>88</v>
       </c>
-      <c r="E25" s="29" t="s">
+      <c r="E25" s="26" t="s">
         <v>117</v>
       </c>
-      <c r="F25" s="25"/>
-      <c r="G25" s="23" t="s">
+      <c r="F25" s="22"/>
+      <c r="G25" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="H25" s="23" t="s">
+      <c r="H25" s="20" t="s">
         <v>99</v>
       </c>
-      <c r="I25" s="25"/>
-      <c r="J25" s="34" t="s">
+      <c r="I25" s="22"/>
+      <c r="J25" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K25" s="34">
+      <c r="K25" s="31">
         <v>0.25</v>
       </c>
-      <c r="L25" s="30" t="s">
+      <c r="L25" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N25" s="73" t="s">
+      <c r="N25" s="70" t="s">
         <v>55</v>
       </c>
       <c r="O25" s="3">
         <v>2025</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="28" t="s">
+      <c r="A26" s="25" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="25">
+      <c r="B26" s="22">
         <v>503420141</v>
       </c>
-      <c r="C26" s="24" t="s">
+      <c r="C26" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="D26" s="23">
+      <c r="D26" s="20">
         <v>88</v>
       </c>
-      <c r="E26" s="29" t="s">
+      <c r="E26" s="26" t="s">
         <v>76</v>
       </c>
-      <c r="F26" s="25"/>
-      <c r="G26" s="23" t="s">
+      <c r="F26" s="22"/>
+      <c r="G26" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="H26" s="23" t="s">
+      <c r="H26" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="I26" s="25"/>
-      <c r="J26" s="34" t="s">
+      <c r="I26" s="22"/>
+      <c r="J26" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K26" s="34">
+      <c r="K26" s="31">
         <v>0.25</v>
       </c>
-      <c r="L26" s="30" t="s">
+      <c r="L26" s="27" t="s">
         <v>21</v>
       </c>
       <c r="M26" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N26" s="32" t="s">
+      <c r="N26" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O26" s="36">
+      <c r="O26" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
     </row>
     <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="32" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A32" s="97" t="s">
+      <c r="A32" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="B32" s="98"/>
-[...12 lines deleted...]
-      <c r="O32" s="98"/>
+      <c r="B32" s="97"/>
+      <c r="C32" s="97"/>
+      <c r="D32" s="97"/>
+      <c r="E32" s="97"/>
+      <c r="F32" s="97"/>
+      <c r="G32" s="97"/>
+      <c r="H32" s="97"/>
+      <c r="I32" s="97"/>
+      <c r="J32" s="97"/>
+      <c r="K32" s="97"/>
+      <c r="L32" s="97"/>
+      <c r="M32" s="97"/>
+      <c r="N32" s="97"/>
+      <c r="O32" s="97"/>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A33" s="99" t="s">
+      <c r="A33" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B33" s="100"/>
-[...12 lines deleted...]
-      <c r="O33" s="100"/>
+      <c r="B33" s="99"/>
+      <c r="C33" s="99"/>
+      <c r="D33" s="99"/>
+      <c r="E33" s="99"/>
+      <c r="F33" s="99"/>
+      <c r="G33" s="99"/>
+      <c r="H33" s="99"/>
+      <c r="I33" s="99"/>
+      <c r="J33" s="99"/>
+      <c r="K33" s="99"/>
+      <c r="L33" s="99"/>
+      <c r="M33" s="99"/>
+      <c r="N33" s="99"/>
+      <c r="O33" s="99"/>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A34" s="99" t="s">
+      <c r="A34" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="B34" s="100"/>
-[...12 lines deleted...]
-      <c r="O34" s="100"/>
+      <c r="B34" s="99"/>
+      <c r="C34" s="99"/>
+      <c r="D34" s="99"/>
+      <c r="E34" s="99"/>
+      <c r="F34" s="99"/>
+      <c r="G34" s="99"/>
+      <c r="H34" s="99"/>
+      <c r="I34" s="99"/>
+      <c r="J34" s="99"/>
+      <c r="K34" s="99"/>
+      <c r="L34" s="99"/>
+      <c r="M34" s="99"/>
+      <c r="N34" s="99"/>
+      <c r="O34" s="99"/>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A35" s="99" t="s">
+      <c r="A35" s="98" t="s">
         <v>52</v>
       </c>
-      <c r="B35" s="100"/>
-[...12 lines deleted...]
-      <c r="O35" s="100"/>
+      <c r="B35" s="99"/>
+      <c r="C35" s="99"/>
+      <c r="D35" s="99"/>
+      <c r="E35" s="99"/>
+      <c r="F35" s="99"/>
+      <c r="G35" s="99"/>
+      <c r="H35" s="99"/>
+      <c r="I35" s="99"/>
+      <c r="J35" s="99"/>
+      <c r="K35" s="99"/>
+      <c r="L35" s="99"/>
+      <c r="M35" s="99"/>
+      <c r="N35" s="99"/>
+      <c r="O35" s="99"/>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A36" s="99" t="s">
+      <c r="A36" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="B36" s="100"/>
-[...12 lines deleted...]
-      <c r="O36" s="100"/>
+      <c r="B36" s="99"/>
+      <c r="C36" s="99"/>
+      <c r="D36" s="99"/>
+      <c r="E36" s="99"/>
+      <c r="F36" s="99"/>
+      <c r="G36" s="99"/>
+      <c r="H36" s="99"/>
+      <c r="I36" s="99"/>
+      <c r="J36" s="99"/>
+      <c r="K36" s="99"/>
+      <c r="L36" s="99"/>
+      <c r="M36" s="99"/>
+      <c r="N36" s="99"/>
+      <c r="O36" s="99"/>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A37" s="99" t="s">
+      <c r="A37" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="B37" s="100"/>
-[...12 lines deleted...]
-      <c r="O37" s="100"/>
+      <c r="B37" s="99"/>
+      <c r="C37" s="99"/>
+      <c r="D37" s="99"/>
+      <c r="E37" s="99"/>
+      <c r="F37" s="99"/>
+      <c r="G37" s="99"/>
+      <c r="H37" s="99"/>
+      <c r="I37" s="99"/>
+      <c r="J37" s="99"/>
+      <c r="K37" s="99"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="99"/>
+      <c r="O37" s="99"/>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A38" s="99" t="s">
+      <c r="A38" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="B38" s="100"/>
-[...12 lines deleted...]
-      <c r="O38" s="100"/>
+      <c r="B38" s="99"/>
+      <c r="C38" s="99"/>
+      <c r="D38" s="99"/>
+      <c r="E38" s="99"/>
+      <c r="F38" s="99"/>
+      <c r="G38" s="99"/>
+      <c r="H38" s="99"/>
+      <c r="I38" s="99"/>
+      <c r="J38" s="99"/>
+      <c r="K38" s="99"/>
+      <c r="L38" s="99"/>
+      <c r="M38" s="99"/>
+      <c r="N38" s="99"/>
+      <c r="O38" s="99"/>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A39" s="99" t="s">
+      <c r="A39" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="B39" s="100"/>
-[...12 lines deleted...]
-      <c r="O39" s="100"/>
+      <c r="B39" s="99"/>
+      <c r="C39" s="99"/>
+      <c r="D39" s="99"/>
+      <c r="E39" s="99"/>
+      <c r="F39" s="99"/>
+      <c r="G39" s="99"/>
+      <c r="H39" s="99"/>
+      <c r="I39" s="99"/>
+      <c r="J39" s="99"/>
+      <c r="K39" s="99"/>
+      <c r="L39" s="99"/>
+      <c r="M39" s="99"/>
+      <c r="N39" s="99"/>
+      <c r="O39" s="99"/>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A40" s="99" t="s">
+      <c r="A40" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="B40" s="100"/>
-[...12 lines deleted...]
-      <c r="O40" s="100"/>
+      <c r="B40" s="99"/>
+      <c r="C40" s="99"/>
+      <c r="D40" s="99"/>
+      <c r="E40" s="99"/>
+      <c r="F40" s="99"/>
+      <c r="G40" s="99"/>
+      <c r="H40" s="99"/>
+      <c r="I40" s="99"/>
+      <c r="J40" s="99"/>
+      <c r="K40" s="99"/>
+      <c r="L40" s="99"/>
+      <c r="M40" s="99"/>
+      <c r="N40" s="99"/>
+      <c r="O40" s="99"/>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A41" s="99" t="s">
+      <c r="A41" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="B41" s="100"/>
-[...12 lines deleted...]
-      <c r="O41" s="100"/>
+      <c r="B41" s="99"/>
+      <c r="C41" s="99"/>
+      <c r="D41" s="99"/>
+      <c r="E41" s="99"/>
+      <c r="F41" s="99"/>
+      <c r="G41" s="99"/>
+      <c r="H41" s="99"/>
+      <c r="I41" s="99"/>
+      <c r="J41" s="99"/>
+      <c r="K41" s="99"/>
+      <c r="L41" s="99"/>
+      <c r="M41" s="99"/>
+      <c r="N41" s="99"/>
+      <c r="O41" s="99"/>
     </row>
     <row r="42" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="18" t="s">
+      <c r="A42" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="B42" s="19"/>
-[...12 lines deleted...]
-      <c r="O42" s="19"/>
+      <c r="B42" s="17"/>
+      <c r="C42" s="17"/>
+      <c r="D42" s="17"/>
+      <c r="E42" s="17"/>
+      <c r="F42" s="17"/>
+      <c r="G42" s="17"/>
+      <c r="H42" s="17"/>
+      <c r="I42" s="17"/>
+      <c r="J42" s="17"/>
+      <c r="K42" s="17"/>
+      <c r="L42" s="17"/>
+      <c r="M42" s="17"/>
+      <c r="N42" s="17"/>
+      <c r="O42" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="32">
     <mergeCell ref="A38:O38"/>
     <mergeCell ref="A39:O39"/>
     <mergeCell ref="A40:O40"/>
     <mergeCell ref="A41:O41"/>
     <mergeCell ref="A32:O32"/>
     <mergeCell ref="A33:O33"/>
     <mergeCell ref="A34:O34"/>
     <mergeCell ref="A35:O35"/>
     <mergeCell ref="A37:O37"/>
     <mergeCell ref="O12:O13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="P1:AD1048576"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A36:O36"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="L12:L13"/>
     <mergeCell ref="M12:M13"/>
     <mergeCell ref="N12:N13"/>
   </mergeCells>
   <conditionalFormatting sqref="A14:A24 B17:B22 D17:H22 C24:D24">
-    <cfRule type="expression" dxfId="35" priority="13" stopIfTrue="1">
+    <cfRule type="expression" dxfId="45" priority="13" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="34" priority="14">
+    <cfRule type="expression" dxfId="44" priority="14">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C17:C23">
-    <cfRule type="expression" dxfId="33" priority="9" stopIfTrue="1">
+    <cfRule type="expression" dxfId="43" priority="9" stopIfTrue="1">
       <formula>$I17="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="32" priority="10">
+    <cfRule type="expression" dxfId="42" priority="10">
       <formula>$F17="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C14:D16 F15:F24 I15:I24 G16:H25 D17:D22">
-    <cfRule type="expression" dxfId="31" priority="18">
+    <cfRule type="expression" dxfId="41" priority="18">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D23:E23">
-    <cfRule type="expression" dxfId="30" priority="15" stopIfTrue="1">
+    <cfRule type="expression" dxfId="40" priority="15" stopIfTrue="1">
       <formula>$I23="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="29" priority="16">
+    <cfRule type="expression" dxfId="39" priority="16">
       <formula>$F23="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F15:F24 G16:H25 D17:D22 C14:D16 I15:I24">
-    <cfRule type="expression" dxfId="28" priority="17" stopIfTrue="1">
+    <cfRule type="expression" dxfId="38" priority="17" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:I14">
-    <cfRule type="expression" dxfId="27" priority="21" stopIfTrue="1">
+    <cfRule type="expression" dxfId="37" priority="21" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="26" priority="22">
+    <cfRule type="expression" dxfId="36" priority="22">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G26:H26">
-    <cfRule type="expression" dxfId="25" priority="11" stopIfTrue="1">
+    <cfRule type="expression" dxfId="35" priority="11" stopIfTrue="1">
       <formula>$I26="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="24" priority="12">
+    <cfRule type="expression" dxfId="34" priority="12">
       <formula>$F26="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J15:M26">
-    <cfRule type="expression" dxfId="23" priority="7" stopIfTrue="1">
+    <cfRule type="expression" dxfId="33" priority="7" stopIfTrue="1">
       <formula>$I15="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="22" priority="8">
+    <cfRule type="expression" dxfId="32" priority="8">
       <formula>$F15="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J14:O14 N15:O24">
-    <cfRule type="expression" dxfId="21" priority="23" stopIfTrue="1">
+    <cfRule type="expression" dxfId="31" priority="23" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="20" priority="24">
+    <cfRule type="expression" dxfId="30" priority="24">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N25:N26">
-    <cfRule type="expression" dxfId="19" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="29" priority="3" stopIfTrue="1">
       <formula>$I25="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="18" priority="4">
+    <cfRule type="expression" dxfId="28" priority="4">
       <formula>$F25="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O26">
-    <cfRule type="expression" dxfId="17" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="27" priority="1" stopIfTrue="1">
       <formula>$I26="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="16" priority="2">
+    <cfRule type="expression" dxfId="26" priority="2">
       <formula>$F26="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{26FECE3C-C841-4F2A-94D8-BEF264373116}">
           <x14:formula1>
             <xm:f>DATOS!$I$3:$I$7</xm:f>
           </x14:formula1>
           <xm:sqref>N14:N26</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EAF34D67-F9C0-446E-B653-66BE6340606B}">
           <x14:formula1>
             <xm:f>DATOS!$G$3:$G$10</xm:f>
           </x14:formula1>
           <xm:sqref>L14:L26</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{587ACF3B-AF17-4A75-946B-1E4A4EBA26B1}">
           <x14:formula1>
             <xm:f>DATOS!$E$3:$E$6</xm:f>
           </x14:formula1>
           <xm:sqref>K14:K24</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6C9F7EC1-C676-43DF-B9D1-65AE3C35C12C}">
           <x14:formula1>
             <xm:f>DATOS!$C$3:$C$6</xm:f>
           </x14:formula1>
           <xm:sqref>J14:J24</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02763011-01ED-4DD5-92D3-D411F0F95F44}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:AD32"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7:O7"/>
+    <sheetView topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.42578125" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
-    <col min="5" max="5" width="32.7109375" customWidth="1"/>
+    <col min="5" max="5" width="37.7109375" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
     <col min="7" max="8" width="11.42578125" customWidth="1"/>
     <col min="9" max="9" width="20.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.140625" customWidth="1"/>
     <col min="11" max="11" width="19.5703125" customWidth="1"/>
     <col min="12" max="12" width="21.85546875" customWidth="1"/>
     <col min="13" max="15" width="22.42578125" customWidth="1"/>
-    <col min="16" max="30" width="11.42578125" style="96" customWidth="1"/>
+    <col min="16" max="30" width="11.42578125" style="95" customWidth="1"/>
     <col min="31" max="237" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="101" t="s">
+      <c r="A1" s="100" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="102"/>
-[...12 lines deleted...]
-      <c r="O1" s="102"/>
+      <c r="B1" s="101"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
+      <c r="M1" s="101"/>
+      <c r="N1" s="101"/>
+      <c r="O1" s="101"/>
     </row>
     <row r="2" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="B2" s="78"/>
-[...12 lines deleted...]
-      <c r="O2" s="78"/>
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
     </row>
     <row r="3" spans="1:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="77" t="s">
+      <c r="A3" s="82" t="s">
         <v>58</v>
       </c>
-      <c r="B3" s="78"/>
-[...12 lines deleted...]
-      <c r="O3" s="78"/>
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="83"/>
+      <c r="I3" s="83"/>
+      <c r="J3" s="83"/>
+      <c r="K3" s="83"/>
+      <c r="L3" s="83"/>
+      <c r="M3" s="83"/>
+      <c r="N3" s="83"/>
+      <c r="O3" s="83"/>
     </row>
     <row r="4" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="88" t="s">
+      <c r="A4" s="91" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="89"/>
-[...12 lines deleted...]
-      <c r="O4" s="89"/>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
     </row>
     <row r="5" spans="1:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="79" t="s">
+      <c r="A5" s="84" t="s">
         <v>150</v>
       </c>
-      <c r="B5" s="80"/>
-[...12 lines deleted...]
-      <c r="O5" s="80"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
     </row>
     <row r="6" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="79" t="s">
+      <c r="A6" s="84" t="s">
         <v>129</v>
       </c>
-      <c r="B6" s="80"/>
-[...12 lines deleted...]
-      <c r="O6" s="80"/>
+      <c r="B6" s="85"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="85"/>
+      <c r="E6" s="85"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="85"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="85"/>
+      <c r="L6" s="85"/>
+      <c r="M6" s="85"/>
+      <c r="N6" s="85"/>
+      <c r="O6" s="85"/>
     </row>
     <row r="7" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="90" t="s">
+      <c r="A7" s="93" t="s">
         <v>140</v>
       </c>
-      <c r="B7" s="91"/>
-[...12 lines deleted...]
-      <c r="O7" s="91"/>
+      <c r="B7" s="94"/>
+      <c r="C7" s="94"/>
+      <c r="D7" s="94"/>
+      <c r="E7" s="94"/>
+      <c r="F7" s="94"/>
+      <c r="G7" s="94"/>
+      <c r="H7" s="94"/>
+      <c r="I7" s="94"/>
+      <c r="J7" s="94"/>
+      <c r="K7" s="94"/>
+      <c r="L7" s="94"/>
+      <c r="M7" s="94"/>
+      <c r="N7" s="94"/>
+      <c r="O7" s="94"/>
     </row>
     <row r="8" spans="1:15" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>141</v>
       </c>
-      <c r="B8" s="14"/>
-[...12 lines deleted...]
-      <c r="O8" s="14"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
     </row>
     <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="15" t="s">
+      <c r="A9" s="14" t="s">
         <v>142</v>
       </c>
-      <c r="B9" s="14"/>
-[...12 lines deleted...]
-      <c r="O9" s="14"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>146</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
     </row>
     <row r="11" spans="1:15" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="92"/>
-[...13 lines deleted...]
-      <c r="O11" s="93"/>
+      <c r="A11" s="78"/>
+      <c r="B11" s="79"/>
+      <c r="C11" s="79"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="79"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="79"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="79"/>
     </row>
     <row r="12" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="86" t="s">
+      <c r="A12" s="89" t="s">
         <v>35</v>
       </c>
-      <c r="B12" s="81" t="s">
+      <c r="B12" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="81" t="s">
+      <c r="C12" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="81" t="s">
+      <c r="D12" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="E12" s="81" t="s">
+      <c r="E12" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="F12" s="81" t="s">
+      <c r="F12" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="G12" s="83" t="s">
+      <c r="G12" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="84"/>
-[...1 lines deleted...]
-      <c r="J12" s="81" t="s">
+      <c r="H12" s="87"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="K12" s="81" t="s">
+      <c r="K12" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="L12" s="81" t="s">
+      <c r="L12" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="M12" s="81" t="s">
+      <c r="M12" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="N12" s="81" t="s">
+      <c r="N12" s="80" t="s">
         <v>39</v>
       </c>
-      <c r="O12" s="81" t="s">
+      <c r="O12" s="80" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="87"/>
-[...4 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="A13" s="90"/>
+      <c r="B13" s="81"/>
+      <c r="C13" s="81"/>
+      <c r="D13" s="81"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="81"/>
       <c r="G13" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="H13" s="21" t="s">
+      <c r="H13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J13" s="82"/>
-[...4 lines deleted...]
-      <c r="O13" s="82"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
+      <c r="L13" s="81"/>
+      <c r="M13" s="81"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="81"/>
     </row>
     <row r="14" spans="1:15" ht="60" x14ac:dyDescent="0.25">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="B14" s="47">
+      <c r="B14" s="44">
         <v>205740823</v>
       </c>
-      <c r="C14" s="51" t="s">
+      <c r="C14" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="47">
+      <c r="D14" s="44">
         <v>88</v>
       </c>
-      <c r="E14" s="54" t="s">
+      <c r="E14" s="51" t="s">
         <v>79</v>
       </c>
-      <c r="F14" s="42"/>
-      <c r="G14" s="47" t="s">
+      <c r="F14" s="39"/>
+      <c r="G14" s="44" t="s">
         <v>60</v>
       </c>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
-      <c r="J14" s="34" t="s">
+      <c r="J14" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K14" s="34">
+      <c r="K14" s="31">
         <v>0.5</v>
       </c>
-      <c r="L14" s="35" t="s">
+      <c r="L14" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N14" s="75" t="s">
+      <c r="N14" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="O14" s="36">
+      <c r="O14" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="44" t="s">
+      <c r="A15" s="41" t="s">
         <v>65</v>
       </c>
-      <c r="B15" s="48">
+      <c r="B15" s="45">
         <v>108880269</v>
       </c>
-      <c r="C15" s="69" t="s">
+      <c r="C15" s="66" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="48">
+      <c r="D15" s="45">
         <v>88</v>
       </c>
-      <c r="E15" s="43" t="s">
+      <c r="E15" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="F15" s="44"/>
-[...2 lines deleted...]
-      <c r="I15" s="68" t="s">
+      <c r="F15" s="41"/>
+      <c r="G15" s="45"/>
+      <c r="H15" s="65"/>
+      <c r="I15" s="65" t="s">
         <v>64</v>
       </c>
-      <c r="J15" s="74" t="s">
+      <c r="J15" s="71" t="s">
         <v>20</v>
       </c>
-      <c r="K15" s="74">
+      <c r="K15" s="71">
         <v>0.25</v>
       </c>
-      <c r="L15" s="35" t="s">
+      <c r="L15" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N15" s="76" t="s">
+      <c r="N15" s="73" t="s">
         <v>53</v>
       </c>
-      <c r="O15" s="36">
+      <c r="O15" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="39" t="s">
         <v>118</v>
       </c>
-      <c r="B16" s="47">
+      <c r="B16" s="44">
         <v>107930205</v>
       </c>
-      <c r="C16" s="51" t="s">
+      <c r="C16" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="47">
+      <c r="D16" s="44">
         <v>88</v>
       </c>
-      <c r="E16" s="41" t="s">
+      <c r="E16" s="38" t="s">
         <v>119</v>
       </c>
-      <c r="F16" s="42"/>
-      <c r="G16" s="47"/>
+      <c r="F16" s="39"/>
+      <c r="G16" s="44"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="J16" s="34" t="s">
+      <c r="J16" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K16" s="34">
+      <c r="K16" s="31">
         <v>0.25</v>
       </c>
-      <c r="L16" s="35" t="s">
+      <c r="L16" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N16" s="75" t="s">
+      <c r="N16" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="O16" s="36">
+      <c r="O16" s="33">
         <v>2021</v>
       </c>
     </row>
-    <row r="17" spans="1:15" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C17" s="51" t="s">
+    <row r="17" spans="1:15" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="str">
+        <f>'PERFIL 1'!A19</f>
+        <v>OVIEDO BLANCO EDGAR</v>
+      </c>
+      <c r="B17" s="1">
+        <f>'PERFIL 1'!B19</f>
+        <v>110110991</v>
+      </c>
+      <c r="C17" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="47">
+      <c r="D17" s="3">
         <v>88</v>
       </c>
-      <c r="E17" s="41" t="s">
-[...3 lines deleted...]
-      <c r="G17" s="47" t="s">
+      <c r="E17" s="28" t="s">
+        <v>153</v>
+      </c>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="H17" s="3"/>
-[...1 lines deleted...]
-      <c r="J17" s="34" t="s">
+      <c r="H17" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="I17" s="1"/>
+      <c r="J17" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K17" s="34">
+      <c r="K17" s="31">
         <v>0.5</v>
       </c>
-      <c r="L17" s="35" t="s">
+      <c r="L17" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N17" s="75" t="s">
-[...3 lines deleted...]
-        <v>2021</v>
+      <c r="N17" s="74" t="s">
+        <v>155</v>
+      </c>
+      <c r="O17" s="109">
+        <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="42" t="s">
-[...8 lines deleted...]
-      <c r="D18" s="47">
+      <c r="A18" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="B18" s="44">
+        <v>109220135</v>
+      </c>
+      <c r="C18" s="48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="44">
         <v>88</v>
       </c>
-      <c r="E18" s="41" t="s">
-[...8 lines deleted...]
-      <c r="J18" s="34" t="s">
+      <c r="E18" s="38" t="s">
+        <v>87</v>
+      </c>
+      <c r="F18" s="39"/>
+      <c r="G18" s="44" t="s">
+        <v>98</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I18" s="3"/>
+      <c r="J18" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K18" s="34">
-[...2 lines deleted...]
-      <c r="L18" s="35" t="s">
+      <c r="K18" s="31">
+        <v>0.5</v>
+      </c>
+      <c r="L18" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N18" s="12" t="s">
-[...2 lines deleted...]
-      <c r="O18" s="36">
+      <c r="N18" s="72" t="s">
+        <v>53</v>
+      </c>
+      <c r="O18" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="42" t="s">
-[...5 lines deleted...]
-      <c r="C19" s="51" t="s">
+      <c r="A19" s="39" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" s="44">
+        <v>302590075</v>
+      </c>
+      <c r="C19" s="48" t="s">
         <v>19</v>
       </c>
-      <c r="D19" s="47">
+      <c r="D19" s="44">
         <v>88</v>
       </c>
-      <c r="E19" s="56" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="E19" s="38" t="s">
+        <v>121</v>
+      </c>
+      <c r="F19" s="39"/>
+      <c r="G19" s="44"/>
       <c r="H19" s="3"/>
-      <c r="I19" s="3"/>
-      <c r="J19" s="34" t="s">
+      <c r="I19" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J19" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K19" s="34">
+      <c r="K19" s="31">
         <v>0.25</v>
       </c>
-      <c r="L19" s="35" t="s">
+      <c r="L19" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N19" s="32" t="s">
+      <c r="N19" s="11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O19" s="33">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="75.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="39" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="44">
+        <v>503420141</v>
+      </c>
+      <c r="C20" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="44">
+        <v>88</v>
+      </c>
+      <c r="E20" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" s="39"/>
+      <c r="G20" s="44" t="s">
+        <v>98</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I20" s="3"/>
+      <c r="J20" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="31">
+        <v>0.25</v>
+      </c>
+      <c r="L20" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="M20" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="N20" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="O19" s="36">
+      <c r="O20" s="33">
         <v>2021</v>
       </c>
     </row>
-    <row r="20" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-    </row>
     <row r="21" spans="1:15" ht="57.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="105" t="s">
+      <c r="A21" s="106" t="s">
         <v>43</v>
       </c>
-      <c r="B21" s="106"/>
-[...9 lines deleted...]
-      <c r="L21" s="67"/>
+      <c r="B21" s="107"/>
+      <c r="C21" s="107"/>
+      <c r="D21" s="107"/>
+      <c r="E21" s="107"/>
+      <c r="F21" s="107"/>
+      <c r="G21" s="107"/>
+      <c r="H21" s="107"/>
+      <c r="I21" s="107"/>
+      <c r="J21" s="107"/>
+      <c r="K21" s="107"/>
+      <c r="L21" s="64"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
     </row>
     <row r="22" spans="1:15" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="97" t="s">
+      <c r="A22" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="B22" s="98"/>
-[...12 lines deleted...]
-      <c r="O22" s="98"/>
+      <c r="B22" s="97"/>
+      <c r="C22" s="97"/>
+      <c r="D22" s="97"/>
+      <c r="E22" s="97"/>
+      <c r="F22" s="97"/>
+      <c r="G22" s="97"/>
+      <c r="H22" s="97"/>
+      <c r="I22" s="97"/>
+      <c r="J22" s="97"/>
+      <c r="K22" s="97"/>
+      <c r="L22" s="97"/>
+      <c r="M22" s="97"/>
+      <c r="N22" s="97"/>
+      <c r="O22" s="97"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="99" t="s">
+      <c r="A23" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B23" s="100"/>
-[...12 lines deleted...]
-      <c r="O23" s="100"/>
+      <c r="B23" s="99"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="99"/>
+      <c r="E23" s="99"/>
+      <c r="F23" s="99"/>
+      <c r="G23" s="99"/>
+      <c r="H23" s="99"/>
+      <c r="I23" s="99"/>
+      <c r="J23" s="99"/>
+      <c r="K23" s="99"/>
+      <c r="L23" s="99"/>
+      <c r="M23" s="99"/>
+      <c r="N23" s="99"/>
+      <c r="O23" s="99"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="99" t="s">
+      <c r="A24" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="B24" s="100"/>
-[...12 lines deleted...]
-      <c r="O24" s="100"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="99"/>
+      <c r="D24" s="99"/>
+      <c r="E24" s="99"/>
+      <c r="F24" s="99"/>
+      <c r="G24" s="99"/>
+      <c r="H24" s="99"/>
+      <c r="I24" s="99"/>
+      <c r="J24" s="99"/>
+      <c r="K24" s="99"/>
+      <c r="L24" s="99"/>
+      <c r="M24" s="99"/>
+      <c r="N24" s="99"/>
+      <c r="O24" s="99"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A25" s="99" t="s">
+      <c r="A25" s="98" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="100"/>
-[...12 lines deleted...]
-      <c r="O25" s="100"/>
+      <c r="B25" s="99"/>
+      <c r="C25" s="99"/>
+      <c r="D25" s="99"/>
+      <c r="E25" s="99"/>
+      <c r="F25" s="99"/>
+      <c r="G25" s="99"/>
+      <c r="H25" s="99"/>
+      <c r="I25" s="99"/>
+      <c r="J25" s="99"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="99"/>
+      <c r="N25" s="99"/>
+      <c r="O25" s="99"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A26" s="99" t="s">
+      <c r="A26" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="B26" s="100"/>
-[...12 lines deleted...]
-      <c r="O26" s="100"/>
+      <c r="B26" s="99"/>
+      <c r="C26" s="99"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="99"/>
+      <c r="F26" s="99"/>
+      <c r="G26" s="99"/>
+      <c r="H26" s="99"/>
+      <c r="I26" s="99"/>
+      <c r="J26" s="99"/>
+      <c r="K26" s="99"/>
+      <c r="L26" s="99"/>
+      <c r="M26" s="99"/>
+      <c r="N26" s="99"/>
+      <c r="O26" s="99"/>
     </row>
     <row r="27" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="99" t="s">
+      <c r="A27" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="B27" s="100"/>
-[...12 lines deleted...]
-      <c r="O27" s="100"/>
+      <c r="B27" s="99"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="99"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="99"/>
+      <c r="G27" s="99"/>
+      <c r="H27" s="99"/>
+      <c r="I27" s="99"/>
+      <c r="J27" s="99"/>
+      <c r="K27" s="99"/>
+      <c r="L27" s="99"/>
+      <c r="M27" s="99"/>
+      <c r="N27" s="99"/>
+      <c r="O27" s="99"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A28" s="99" t="s">
+      <c r="A28" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="100"/>
-[...12 lines deleted...]
-      <c r="O28" s="100"/>
+      <c r="B28" s="99"/>
+      <c r="C28" s="99"/>
+      <c r="D28" s="99"/>
+      <c r="E28" s="99"/>
+      <c r="F28" s="99"/>
+      <c r="G28" s="99"/>
+      <c r="H28" s="99"/>
+      <c r="I28" s="99"/>
+      <c r="J28" s="99"/>
+      <c r="K28" s="99"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="99"/>
+      <c r="O28" s="99"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A29" s="99" t="s">
+      <c r="A29" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="100"/>
-[...12 lines deleted...]
-      <c r="O29" s="100"/>
+      <c r="B29" s="99"/>
+      <c r="C29" s="99"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="99"/>
+      <c r="F29" s="99"/>
+      <c r="G29" s="99"/>
+      <c r="H29" s="99"/>
+      <c r="I29" s="99"/>
+      <c r="J29" s="99"/>
+      <c r="K29" s="99"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="99"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="99"/>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A30" s="99" t="s">
+      <c r="A30" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="B30" s="100"/>
-[...12 lines deleted...]
-      <c r="O30" s="100"/>
+      <c r="B30" s="99"/>
+      <c r="C30" s="99"/>
+      <c r="D30" s="99"/>
+      <c r="E30" s="99"/>
+      <c r="F30" s="99"/>
+      <c r="G30" s="99"/>
+      <c r="H30" s="99"/>
+      <c r="I30" s="99"/>
+      <c r="J30" s="99"/>
+      <c r="K30" s="99"/>
+      <c r="L30" s="99"/>
+      <c r="M30" s="99"/>
+      <c r="N30" s="99"/>
+      <c r="O30" s="99"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A31" s="99" t="s">
+      <c r="A31" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="B31" s="100"/>
-[...12 lines deleted...]
-      <c r="O31" s="100"/>
+      <c r="B31" s="99"/>
+      <c r="C31" s="99"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="99"/>
+      <c r="F31" s="99"/>
+      <c r="G31" s="99"/>
+      <c r="H31" s="99"/>
+      <c r="I31" s="99"/>
+      <c r="J31" s="99"/>
+      <c r="K31" s="99"/>
+      <c r="L31" s="99"/>
+      <c r="M31" s="99"/>
+      <c r="N31" s="99"/>
+      <c r="O31" s="99"/>
     </row>
     <row r="32" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="18" t="s">
+      <c r="A32" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="B32" s="19"/>
-[...12 lines deleted...]
-      <c r="O32" s="19"/>
+      <c r="B32" s="17"/>
+      <c r="C32" s="17"/>
+      <c r="D32" s="17"/>
+      <c r="E32" s="17"/>
+      <c r="F32" s="17"/>
+      <c r="G32" s="17"/>
+      <c r="H32" s="17"/>
+      <c r="I32" s="17"/>
+      <c r="J32" s="17"/>
+      <c r="K32" s="17"/>
+      <c r="L32" s="17"/>
+      <c r="M32" s="17"/>
+      <c r="N32" s="17"/>
+      <c r="O32" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="33">
     <mergeCell ref="A27:O27"/>
     <mergeCell ref="A28:O28"/>
     <mergeCell ref="A29:O29"/>
     <mergeCell ref="A30:O30"/>
     <mergeCell ref="A31:O31"/>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A22:O22"/>
     <mergeCell ref="A23:O23"/>
     <mergeCell ref="A24:O24"/>
     <mergeCell ref="A25:O25"/>
     <mergeCell ref="O12:O13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="P1:AD1048576"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A26:O26"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="L12:L13"/>
     <mergeCell ref="M12:M13"/>
     <mergeCell ref="N12:N13"/>
   </mergeCells>
-  <conditionalFormatting sqref="A14:A18 C14:D18 B15:B16 E15:E18 B18">
-    <cfRule type="expression" dxfId="15" priority="1" stopIfTrue="1">
+  <conditionalFormatting sqref="B15:B16 A19:E19 A14:A16 A18 C14:D16 E15:E16 C18:E18">
+    <cfRule type="expression" dxfId="25" priority="9" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="14" priority="2">
+    <cfRule type="expression" dxfId="24" priority="10">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C18:D18 F14:G19">
-    <cfRule type="expression" dxfId="13" priority="3" stopIfTrue="1">
+  <conditionalFormatting sqref="C19:D19 F14:G16 F18:G20">
+    <cfRule type="expression" dxfId="23" priority="11" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F14:G19 C18:D18">
-    <cfRule type="expression" dxfId="12" priority="4">
+  <conditionalFormatting sqref="C19:D19 F14:G16 F18:G20">
+    <cfRule type="expression" dxfId="22" priority="12">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H14:O19 A20:O20">
-    <cfRule type="expression" dxfId="11" priority="5" stopIfTrue="1">
+  <conditionalFormatting sqref="H14:O16 H18:O20 O17">
+    <cfRule type="expression" dxfId="21" priority="13" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="10" priority="6">
+    <cfRule type="expression" dxfId="20" priority="14">
       <formula>$F14="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C17">
+    <cfRule type="expression" dxfId="9" priority="7" stopIfTrue="1">
+      <formula>$I17="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="8" priority="8">
+      <formula>$F17="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J17">
+    <cfRule type="expression" dxfId="7" priority="5" stopIfTrue="1">
+      <formula>$I17="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="6" priority="6">
+      <formula>$F17="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K17">
+    <cfRule type="expression" dxfId="5" priority="3" stopIfTrue="1">
+      <formula>$I17="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="4">
+      <formula>$F17="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L17">
+    <cfRule type="expression" dxfId="3" priority="1" stopIfTrue="1">
+      <formula>$I17="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="2">
+      <formula>$F17="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{AA6F859E-7818-4107-8DE2-85341EF17EE4}">
           <x14:formula1>
             <xm:f>DATOS!$I$3:$I$7</xm:f>
           </x14:formula1>
-          <xm:sqref>N14:N20</xm:sqref>
+          <xm:sqref>N18:N20 N14:N16</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{54C377B1-72E6-476B-9488-7649E7CDF0EC}">
           <x14:formula1>
             <xm:f>DATOS!$G$3:$G$10</xm:f>
           </x14:formula1>
           <xm:sqref>L14:L20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8DC709F1-52A1-4D2F-99C1-D114E43F2740}">
           <x14:formula1>
             <xm:f>DATOS!$E$3:$E$6</xm:f>
           </x14:formula1>
           <xm:sqref>K14:K20</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5347CC6A-4333-4258-A6E1-8FB990DD9F49}">
           <x14:formula1>
             <xm:f>DATOS!$C$3:$C$6</xm:f>
           </x14:formula1>
-          <xm:sqref>J14:J20</xm:sqref>
-[...5 lines deleted...]
-          <xm:sqref>C20</xm:sqref>
+          <xm:sqref>J18:J20 J14:J16</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{748BEB5A-CB53-49BB-85CD-203095954CE1}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:AD30"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+    <sheetView tabSelected="1" topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40.42578125" customWidth="1"/>
     <col min="2" max="2" width="14.5703125" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
     <col min="5" max="5" width="38.28515625" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" customWidth="1"/>
     <col min="8" max="8" width="17.7109375" customWidth="1"/>
     <col min="9" max="9" width="20.85546875" customWidth="1"/>
     <col min="10" max="10" width="20.140625" customWidth="1"/>
     <col min="11" max="11" width="19.5703125" customWidth="1"/>
     <col min="12" max="12" width="21.85546875" customWidth="1"/>
     <col min="13" max="15" width="22.42578125" customWidth="1"/>
-    <col min="16" max="30" width="11.42578125" style="96" customWidth="1"/>
+    <col min="16" max="30" width="11.42578125" style="95" customWidth="1"/>
     <col min="31" max="237" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="101" t="s">
+      <c r="A1" s="100" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="102"/>
-[...12 lines deleted...]
-      <c r="O1" s="102"/>
+      <c r="B1" s="101"/>
+      <c r="C1" s="101"/>
+      <c r="D1" s="101"/>
+      <c r="E1" s="101"/>
+      <c r="F1" s="101"/>
+      <c r="G1" s="101"/>
+      <c r="H1" s="101"/>
+      <c r="I1" s="101"/>
+      <c r="J1" s="101"/>
+      <c r="K1" s="101"/>
+      <c r="L1" s="101"/>
+      <c r="M1" s="101"/>
+      <c r="N1" s="101"/>
+      <c r="O1" s="101"/>
     </row>
     <row r="2" spans="1:15" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="77" t="s">
+      <c r="A2" s="82" t="s">
         <v>57</v>
       </c>
-      <c r="B2" s="78"/>
-[...12 lines deleted...]
-      <c r="O2" s="78"/>
+      <c r="B2" s="83"/>
+      <c r="C2" s="83"/>
+      <c r="D2" s="83"/>
+      <c r="E2" s="83"/>
+      <c r="F2" s="83"/>
+      <c r="G2" s="83"/>
+      <c r="H2" s="83"/>
+      <c r="I2" s="83"/>
+      <c r="J2" s="83"/>
+      <c r="K2" s="83"/>
+      <c r="L2" s="83"/>
+      <c r="M2" s="83"/>
+      <c r="N2" s="83"/>
+      <c r="O2" s="83"/>
     </row>
     <row r="3" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="77" t="s">
+      <c r="A3" s="82" t="s">
         <v>58</v>
       </c>
-      <c r="B3" s="78"/>
-[...12 lines deleted...]
-      <c r="O3" s="78"/>
+      <c r="B3" s="83"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="83"/>
+      <c r="F3" s="83"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="83"/>
+      <c r="I3" s="83"/>
+      <c r="J3" s="83"/>
+      <c r="K3" s="83"/>
+      <c r="L3" s="83"/>
+      <c r="M3" s="83"/>
+      <c r="N3" s="83"/>
+      <c r="O3" s="83"/>
     </row>
     <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="88" t="s">
+      <c r="A4" s="91" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="89"/>
-[...12 lines deleted...]
-      <c r="O4" s="89"/>
+      <c r="B4" s="92"/>
+      <c r="C4" s="92"/>
+      <c r="D4" s="92"/>
+      <c r="E4" s="92"/>
+      <c r="F4" s="92"/>
+      <c r="G4" s="92"/>
+      <c r="H4" s="92"/>
+      <c r="I4" s="92"/>
+      <c r="J4" s="92"/>
+      <c r="K4" s="92"/>
+      <c r="L4" s="92"/>
+      <c r="M4" s="92"/>
+      <c r="N4" s="92"/>
+      <c r="O4" s="92"/>
     </row>
     <row r="5" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="79" t="s">
+      <c r="A5" s="84" t="s">
         <v>151</v>
       </c>
-      <c r="B5" s="80"/>
-[...12 lines deleted...]
-      <c r="O5" s="80"/>
+      <c r="B5" s="85"/>
+      <c r="C5" s="85"/>
+      <c r="D5" s="85"/>
+      <c r="E5" s="85"/>
+      <c r="F5" s="85"/>
+      <c r="G5" s="85"/>
+      <c r="H5" s="85"/>
+      <c r="I5" s="85"/>
+      <c r="J5" s="85"/>
+      <c r="K5" s="85"/>
+      <c r="L5" s="85"/>
+      <c r="M5" s="85"/>
+      <c r="N5" s="85"/>
+      <c r="O5" s="85"/>
     </row>
     <row r="6" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="79" t="s">
+      <c r="A6" s="84" t="s">
         <v>130</v>
       </c>
-      <c r="B6" s="80"/>
-[...12 lines deleted...]
-      <c r="O6" s="80"/>
+      <c r="B6" s="85"/>
+      <c r="C6" s="85"/>
+      <c r="D6" s="85"/>
+      <c r="E6" s="85"/>
+      <c r="F6" s="85"/>
+      <c r="G6" s="85"/>
+      <c r="H6" s="85"/>
+      <c r="I6" s="85"/>
+      <c r="J6" s="85"/>
+      <c r="K6" s="85"/>
+      <c r="L6" s="85"/>
+      <c r="M6" s="85"/>
+      <c r="N6" s="85"/>
+      <c r="O6" s="85"/>
     </row>
     <row r="7" spans="1:15" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="90" t="s">
+      <c r="A7" s="93" t="s">
         <v>144</v>
       </c>
-      <c r="B7" s="91"/>
-[...12 lines deleted...]
-      <c r="O7" s="91"/>
+      <c r="B7" s="94"/>
+      <c r="C7" s="94"/>
+      <c r="D7" s="94"/>
+      <c r="E7" s="94"/>
+      <c r="F7" s="94"/>
+      <c r="G7" s="94"/>
+      <c r="H7" s="94"/>
+      <c r="I7" s="94"/>
+      <c r="J7" s="94"/>
+      <c r="K7" s="94"/>
+      <c r="L7" s="94"/>
+      <c r="M7" s="94"/>
+      <c r="N7" s="94"/>
+      <c r="O7" s="94"/>
     </row>
     <row r="8" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="12" t="s">
         <v>143</v>
       </c>
-      <c r="B8" s="14"/>
-[...12 lines deleted...]
-      <c r="O8" s="14"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
     </row>
     <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="15" t="s">
+      <c r="A9" s="14" t="s">
         <v>145</v>
       </c>
-      <c r="B9" s="14"/>
-[...12 lines deleted...]
-      <c r="O9" s="14"/>
+      <c r="B9" s="13"/>
+      <c r="C9" s="13"/>
+      <c r="D9" s="13"/>
+      <c r="E9" s="13"/>
+      <c r="F9" s="13"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="13"/>
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="13"/>
+      <c r="L9" s="13"/>
+      <c r="M9" s="13"/>
+      <c r="N9" s="13"/>
+      <c r="O9" s="13"/>
     </row>
     <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="15" t="s">
         <v>146</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
     </row>
     <row r="11" spans="1:15" ht="9.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="92"/>
-[...13 lines deleted...]
-      <c r="O11" s="93"/>
+      <c r="A11" s="78"/>
+      <c r="B11" s="79"/>
+      <c r="C11" s="79"/>
+      <c r="D11" s="79"/>
+      <c r="E11" s="79"/>
+      <c r="F11" s="79"/>
+      <c r="G11" s="79"/>
+      <c r="H11" s="79"/>
+      <c r="I11" s="79"/>
+      <c r="J11" s="79"/>
+      <c r="K11" s="79"/>
+      <c r="L11" s="79"/>
+      <c r="M11" s="79"/>
+      <c r="N11" s="79"/>
+      <c r="O11" s="79"/>
     </row>
     <row r="12" spans="1:15" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="86" t="s">
+      <c r="A12" s="89" t="s">
         <v>35</v>
       </c>
-      <c r="B12" s="81" t="s">
+      <c r="B12" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="C12" s="81" t="s">
+      <c r="C12" s="80" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="81" t="s">
+      <c r="D12" s="80" t="s">
         <v>3</v>
       </c>
-      <c r="E12" s="81" t="s">
+      <c r="E12" s="80" t="s">
         <v>4</v>
       </c>
-      <c r="F12" s="81" t="s">
+      <c r="F12" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="G12" s="83" t="s">
+      <c r="G12" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="84"/>
-[...1 lines deleted...]
-      <c r="J12" s="81" t="s">
+      <c r="H12" s="87"/>
+      <c r="I12" s="88"/>
+      <c r="J12" s="80" t="s">
         <v>6</v>
       </c>
-      <c r="K12" s="81" t="s">
+      <c r="K12" s="80" t="s">
         <v>7</v>
       </c>
-      <c r="L12" s="81" t="s">
+      <c r="L12" s="80" t="s">
         <v>8</v>
       </c>
-      <c r="M12" s="81" t="s">
+      <c r="M12" s="80" t="s">
         <v>9</v>
       </c>
-      <c r="N12" s="81" t="s">
+      <c r="N12" s="80" t="s">
         <v>39</v>
       </c>
-      <c r="O12" s="81" t="s">
+      <c r="O12" s="80" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="87"/>
-[...4 lines deleted...]
-      <c r="F13" s="82"/>
+      <c r="A13" s="90"/>
+      <c r="B13" s="81"/>
+      <c r="C13" s="81"/>
+      <c r="D13" s="81"/>
+      <c r="E13" s="81"/>
+      <c r="F13" s="81"/>
       <c r="G13" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="H13" s="21" t="s">
+      <c r="H13" s="18" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="J13" s="82"/>
-[...4 lines deleted...]
-      <c r="O13" s="82"/>
+      <c r="J13" s="81"/>
+      <c r="K13" s="81"/>
+      <c r="L13" s="81"/>
+      <c r="M13" s="81"/>
+      <c r="N13" s="81"/>
+      <c r="O13" s="81"/>
     </row>
     <row r="14" spans="1:15" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="42" t="s">
+      <c r="A14" s="39" t="s">
         <v>96</v>
       </c>
-      <c r="B14" s="47">
+      <c r="B14" s="44">
         <v>401500903</v>
       </c>
-      <c r="C14" s="51" t="s">
+      <c r="C14" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D14" s="47">
+      <c r="D14" s="44">
         <v>88</v>
       </c>
-      <c r="E14" s="54" t="s">
+      <c r="E14" s="51" t="s">
         <v>122</v>
       </c>
-      <c r="F14" s="42"/>
-      <c r="G14" s="47" t="s">
+      <c r="F14" s="39"/>
+      <c r="G14" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H14" s="52" t="s">
+      <c r="H14" s="49" t="s">
         <v>99</v>
       </c>
-      <c r="I14" s="42"/>
-      <c r="J14" s="34" t="s">
+      <c r="I14" s="39"/>
+      <c r="J14" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K14" s="34">
+      <c r="K14" s="31">
         <v>0.25</v>
       </c>
-      <c r="L14" s="35" t="s">
+      <c r="L14" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N14" s="75" t="s">
+      <c r="N14" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="O14" s="36">
+      <c r="O14" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="42" t="s">
+      <c r="A15" s="39" t="s">
         <v>123</v>
       </c>
-      <c r="B15" s="47">
+      <c r="B15" s="44">
         <v>111820063</v>
       </c>
-      <c r="C15" s="51" t="s">
+      <c r="C15" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="47">
+      <c r="D15" s="44">
         <v>88</v>
       </c>
-      <c r="E15" s="54" t="s">
+      <c r="E15" s="51" t="s">
         <v>124</v>
       </c>
-      <c r="F15" s="42"/>
-      <c r="G15" s="47" t="s">
+      <c r="F15" s="39"/>
+      <c r="G15" s="44" t="s">
         <v>60</v>
       </c>
-      <c r="H15" s="52" t="s">
+      <c r="H15" s="49" t="s">
         <v>99</v>
       </c>
-      <c r="I15" s="42"/>
-      <c r="J15" s="34" t="s">
+      <c r="I15" s="39"/>
+      <c r="J15" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K15" s="34">
+      <c r="K15" s="31">
         <v>0.25</v>
       </c>
-      <c r="L15" s="35" t="s">
+      <c r="L15" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M15" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N15" s="75" t="s">
+      <c r="N15" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="O15" s="36">
+      <c r="O15" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="42" t="s">
+      <c r="A16" s="39" t="s">
         <v>118</v>
       </c>
-      <c r="B16" s="47">
+      <c r="B16" s="44">
         <v>107930205</v>
       </c>
-      <c r="C16" s="51" t="s">
+      <c r="C16" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D16" s="47">
+      <c r="D16" s="44">
         <v>88</v>
       </c>
-      <c r="E16" s="41" t="s">
+      <c r="E16" s="38" t="s">
         <v>125</v>
       </c>
-      <c r="F16" s="42"/>
-[...2 lines deleted...]
-      <c r="I16" s="47" t="s">
+      <c r="F16" s="39"/>
+      <c r="G16" s="39"/>
+      <c r="H16" s="39"/>
+      <c r="I16" s="44" t="s">
         <v>64</v>
       </c>
-      <c r="J16" s="34" t="s">
+      <c r="J16" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K16" s="34">
+      <c r="K16" s="31">
         <v>0.25</v>
       </c>
-      <c r="L16" s="35" t="s">
+      <c r="L16" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N16" s="75" t="s">
+      <c r="N16" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="O16" s="36">
+      <c r="O16" s="33">
         <v>2021</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="87.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="42" t="s">
+      <c r="A17" s="39" t="s">
         <v>106</v>
       </c>
-      <c r="B17" s="47">
+      <c r="B17" s="44">
         <v>111250643</v>
       </c>
-      <c r="C17" s="51" t="s">
+      <c r="C17" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D17" s="47">
+      <c r="D17" s="44">
         <v>88</v>
       </c>
-      <c r="E17" s="41" t="s">
+      <c r="E17" s="38" t="s">
         <v>126</v>
       </c>
-      <c r="F17" s="42"/>
-[...2 lines deleted...]
-      <c r="I17" s="47" t="s">
+      <c r="F17" s="39"/>
+      <c r="G17" s="39"/>
+      <c r="H17" s="39"/>
+      <c r="I17" s="44" t="s">
         <v>64</v>
       </c>
-      <c r="J17" s="34" t="s">
+      <c r="J17" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="K17" s="34">
+      <c r="K17" s="31">
         <v>0.25</v>
       </c>
-      <c r="L17" s="35" t="s">
+      <c r="L17" s="32" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="N17" s="75" t="s">
+      <c r="N17" s="72" t="s">
         <v>53</v>
       </c>
-      <c r="O17" s="36">
+      <c r="O17" s="33">
         <v>2021</v>
       </c>
     </row>
-    <row r="18" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E18" s="1"/>
+    <row r="18" spans="1:15" ht="105.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="75" t="s">
+        <v>152</v>
+      </c>
+      <c r="B18" s="76">
+        <v>110110991</v>
+      </c>
+      <c r="C18" s="31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" s="3">
+        <v>88</v>
+      </c>
+      <c r="E18" s="74" t="s">
+        <v>153</v>
+      </c>
       <c r="F18" s="1"/>
-      <c r="G18" s="3"/>
-      <c r="H18" s="3"/>
+      <c r="G18" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>154</v>
+      </c>
       <c r="I18" s="3"/>
-      <c r="J18" s="2"/>
-[...4 lines deleted...]
-      <c r="O18" s="12"/>
+      <c r="J18" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" s="31">
+        <v>0.5</v>
+      </c>
+      <c r="L18" s="32" t="s">
+        <v>21</v>
+      </c>
+      <c r="M18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="N18" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="O18" s="33">
+        <v>2025</v>
+      </c>
     </row>
     <row r="19" spans="1:15" ht="57.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="94" t="s">
+      <c r="A19" s="102" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="95"/>
-[...8 lines deleted...]
-      <c r="K19" s="95"/>
+      <c r="B19" s="103"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="103"/>
+      <c r="F19" s="103"/>
+      <c r="G19" s="103"/>
+      <c r="H19" s="103"/>
+      <c r="I19" s="103"/>
+      <c r="J19" s="103"/>
+      <c r="K19" s="103"/>
       <c r="L19" s="9"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8"/>
     </row>
     <row r="20" spans="1:15" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="97" t="s">
+      <c r="A20" s="96" t="s">
         <v>33</v>
       </c>
-      <c r="B20" s="98"/>
-[...12 lines deleted...]
-      <c r="O20" s="98"/>
+      <c r="B20" s="97"/>
+      <c r="C20" s="97"/>
+      <c r="D20" s="97"/>
+      <c r="E20" s="97"/>
+      <c r="F20" s="97"/>
+      <c r="G20" s="97"/>
+      <c r="H20" s="97"/>
+      <c r="I20" s="97"/>
+      <c r="J20" s="97"/>
+      <c r="K20" s="97"/>
+      <c r="L20" s="97"/>
+      <c r="M20" s="97"/>
+      <c r="N20" s="97"/>
+      <c r="O20" s="97"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A21" s="99" t="s">
+      <c r="A21" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="100"/>
-[...12 lines deleted...]
-      <c r="O21" s="100"/>
+      <c r="B21" s="99"/>
+      <c r="C21" s="99"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="99"/>
+      <c r="F21" s="99"/>
+      <c r="G21" s="99"/>
+      <c r="H21" s="99"/>
+      <c r="I21" s="99"/>
+      <c r="J21" s="99"/>
+      <c r="K21" s="99"/>
+      <c r="L21" s="99"/>
+      <c r="M21" s="99"/>
+      <c r="N21" s="99"/>
+      <c r="O21" s="99"/>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A22" s="99" t="s">
+      <c r="A22" s="98" t="s">
         <v>45</v>
       </c>
-      <c r="B22" s="100"/>
-[...12 lines deleted...]
-      <c r="O22" s="100"/>
+      <c r="B22" s="99"/>
+      <c r="C22" s="99"/>
+      <c r="D22" s="99"/>
+      <c r="E22" s="99"/>
+      <c r="F22" s="99"/>
+      <c r="G22" s="99"/>
+      <c r="H22" s="99"/>
+      <c r="I22" s="99"/>
+      <c r="J22" s="99"/>
+      <c r="K22" s="99"/>
+      <c r="L22" s="99"/>
+      <c r="M22" s="99"/>
+      <c r="N22" s="99"/>
+      <c r="O22" s="99"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A23" s="99" t="s">
+      <c r="A23" s="98" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="100"/>
-[...12 lines deleted...]
-      <c r="O23" s="100"/>
+      <c r="B23" s="99"/>
+      <c r="C23" s="99"/>
+      <c r="D23" s="99"/>
+      <c r="E23" s="99"/>
+      <c r="F23" s="99"/>
+      <c r="G23" s="99"/>
+      <c r="H23" s="99"/>
+      <c r="I23" s="99"/>
+      <c r="J23" s="99"/>
+      <c r="K23" s="99"/>
+      <c r="L23" s="99"/>
+      <c r="M23" s="99"/>
+      <c r="N23" s="99"/>
+      <c r="O23" s="99"/>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A24" s="99" t="s">
+      <c r="A24" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="100"/>
-[...12 lines deleted...]
-      <c r="O24" s="100"/>
+      <c r="B24" s="99"/>
+      <c r="C24" s="99"/>
+      <c r="D24" s="99"/>
+      <c r="E24" s="99"/>
+      <c r="F24" s="99"/>
+      <c r="G24" s="99"/>
+      <c r="H24" s="99"/>
+      <c r="I24" s="99"/>
+      <c r="J24" s="99"/>
+      <c r="K24" s="99"/>
+      <c r="L24" s="99"/>
+      <c r="M24" s="99"/>
+      <c r="N24" s="99"/>
+      <c r="O24" s="99"/>
     </row>
     <row r="25" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="99" t="s">
+      <c r="A25" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="B25" s="100"/>
-[...12 lines deleted...]
-      <c r="O25" s="100"/>
+      <c r="B25" s="99"/>
+      <c r="C25" s="99"/>
+      <c r="D25" s="99"/>
+      <c r="E25" s="99"/>
+      <c r="F25" s="99"/>
+      <c r="G25" s="99"/>
+      <c r="H25" s="99"/>
+      <c r="I25" s="99"/>
+      <c r="J25" s="99"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="99"/>
+      <c r="N25" s="99"/>
+      <c r="O25" s="99"/>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A26" s="99" t="s">
+      <c r="A26" s="98" t="s">
         <v>47</v>
       </c>
-      <c r="B26" s="100"/>
-[...12 lines deleted...]
-      <c r="O26" s="100"/>
+      <c r="B26" s="99"/>
+      <c r="C26" s="99"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="99"/>
+      <c r="F26" s="99"/>
+      <c r="G26" s="99"/>
+      <c r="H26" s="99"/>
+      <c r="I26" s="99"/>
+      <c r="J26" s="99"/>
+      <c r="K26" s="99"/>
+      <c r="L26" s="99"/>
+      <c r="M26" s="99"/>
+      <c r="N26" s="99"/>
+      <c r="O26" s="99"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A27" s="99" t="s">
+      <c r="A27" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="B27" s="100"/>
-[...12 lines deleted...]
-      <c r="O27" s="100"/>
+      <c r="B27" s="99"/>
+      <c r="C27" s="99"/>
+      <c r="D27" s="99"/>
+      <c r="E27" s="99"/>
+      <c r="F27" s="99"/>
+      <c r="G27" s="99"/>
+      <c r="H27" s="99"/>
+      <c r="I27" s="99"/>
+      <c r="J27" s="99"/>
+      <c r="K27" s="99"/>
+      <c r="L27" s="99"/>
+      <c r="M27" s="99"/>
+      <c r="N27" s="99"/>
+      <c r="O27" s="99"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A28" s="99" t="s">
+      <c r="A28" s="98" t="s">
         <v>49</v>
       </c>
-      <c r="B28" s="100"/>
-[...12 lines deleted...]
-      <c r="O28" s="100"/>
+      <c r="B28" s="99"/>
+      <c r="C28" s="99"/>
+      <c r="D28" s="99"/>
+      <c r="E28" s="99"/>
+      <c r="F28" s="99"/>
+      <c r="G28" s="99"/>
+      <c r="H28" s="99"/>
+      <c r="I28" s="99"/>
+      <c r="J28" s="99"/>
+      <c r="K28" s="99"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="99"/>
+      <c r="O28" s="99"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A29" s="99" t="s">
+      <c r="A29" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="B29" s="100"/>
-[...12 lines deleted...]
-      <c r="O29" s="100"/>
+      <c r="B29" s="99"/>
+      <c r="C29" s="99"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="99"/>
+      <c r="F29" s="99"/>
+      <c r="G29" s="99"/>
+      <c r="H29" s="99"/>
+      <c r="I29" s="99"/>
+      <c r="J29" s="99"/>
+      <c r="K29" s="99"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="99"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="99"/>
     </row>
     <row r="30" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="18" t="s">
+      <c r="A30" s="16" t="s">
         <v>50</v>
       </c>
-      <c r="B30" s="19"/>
-[...12 lines deleted...]
-      <c r="O30" s="19"/>
+      <c r="B30" s="17"/>
+      <c r="C30" s="17"/>
+      <c r="D30" s="17"/>
+      <c r="E30" s="17"/>
+      <c r="F30" s="17"/>
+      <c r="G30" s="17"/>
+      <c r="H30" s="17"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="17"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="17"/>
+      <c r="M30" s="17"/>
+      <c r="N30" s="17"/>
+      <c r="O30" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="33">
     <mergeCell ref="A25:O25"/>
     <mergeCell ref="A26:O26"/>
     <mergeCell ref="A27:O27"/>
     <mergeCell ref="A28:O28"/>
     <mergeCell ref="A29:O29"/>
     <mergeCell ref="A19:K19"/>
     <mergeCell ref="A20:O20"/>
     <mergeCell ref="A21:O21"/>
     <mergeCell ref="A22:O22"/>
     <mergeCell ref="A23:O23"/>
     <mergeCell ref="O12:O13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:D13"/>
     <mergeCell ref="E12:E13"/>
     <mergeCell ref="F12:F13"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="P1:AD1048576"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A11:O11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="A24:O24"/>
     <mergeCell ref="J12:J13"/>
     <mergeCell ref="K12:K13"/>
     <mergeCell ref="L12:L13"/>
     <mergeCell ref="M12:M13"/>
     <mergeCell ref="N12:N13"/>
   </mergeCells>
   <conditionalFormatting sqref="A14:A16 C14:D16 B16 E16:I16">
-    <cfRule type="expression" dxfId="9" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="19" priority="3" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="8" priority="2">
+    <cfRule type="expression" dxfId="18" priority="4">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A17:I17">
-    <cfRule type="expression" dxfId="7" priority="5" stopIfTrue="1">
+    <cfRule type="expression" dxfId="17" priority="7" stopIfTrue="1">
       <formula>$I17="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="6" priority="6">
+    <cfRule type="expression" dxfId="16" priority="8">
       <formula>$F17="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C17:D17 F17:I17">
-    <cfRule type="expression" dxfId="5" priority="7" stopIfTrue="1">
+    <cfRule type="expression" dxfId="15" priority="9" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="4" priority="8">
+    <cfRule type="expression" dxfId="14" priority="10">
       <formula>$F14="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F14:I16">
-    <cfRule type="expression" dxfId="3" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="13" priority="5" stopIfTrue="1">
       <formula>$I10="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="2" priority="4">
+    <cfRule type="expression" dxfId="12" priority="6">
       <formula>$F10="X"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J14:O17 A18:O18">
-    <cfRule type="expression" dxfId="1" priority="9" stopIfTrue="1">
+  <conditionalFormatting sqref="J14:O17 C18:D18 F18:O18">
+    <cfRule type="expression" dxfId="11" priority="11" stopIfTrue="1">
       <formula>$I14="X"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="0" priority="10">
+    <cfRule type="expression" dxfId="10" priority="12">
       <formula>$F14="X"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A18:B18">
+    <cfRule type="expression" dxfId="1" priority="1" stopIfTrue="1">
+      <formula>$I18="X"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="2">
+      <formula>$F18="X"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{8224D05E-8A9C-4EBF-94FE-93906C6CE61C}">
           <x14:formula1>
             <xm:f>DATOS!$I$3:$I$7</xm:f>
           </x14:formula1>
           <xm:sqref>N14:N18</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1638BA19-43CB-4F3E-B0FC-044FAB3EB3AA}">
           <x14:formula1>
             <xm:f>DATOS!$G$3:$G$10</xm:f>
           </x14:formula1>
           <xm:sqref>L14:L18</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{30982EF8-C33F-48D9-855F-62632E12BB4E}">
           <x14:formula1>
             <xm:f>DATOS!$E$3:$E$6</xm:f>
           </x14:formula1>
           <xm:sqref>K14:K18</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5C6010EC-0CBC-4FC5-B0BE-309CA76856E4}">
@@ -7134,72 +7371,72 @@
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5D0046E5-D53D-4625-B83A-BEA4CDE15DD9}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView topLeftCell="C1" workbookViewId="0">
       <selection activeCell="F29" sqref="F29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="34.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A1" s="107" t="s">
+      <c r="A1" s="108" t="s">
         <v>11</v>
       </c>
-      <c r="C1" s="107" t="s">
+      <c r="C1" s="108" t="s">
         <v>12</v>
       </c>
-      <c r="E1" s="107" t="s">
+      <c r="E1" s="108" t="s">
         <v>13</v>
       </c>
-      <c r="G1" s="107" t="s">
+      <c r="G1" s="108" t="s">
         <v>14</v>
       </c>
-      <c r="I1" s="107" t="s">
+      <c r="I1" s="108" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A2" s="82"/>
-[...3 lines deleted...]
-      <c r="I2" s="82"/>
+      <c r="A2" s="81"/>
+      <c r="C2" s="81"/>
+      <c r="E2" s="81"/>
+      <c r="G2" s="81"/>
+      <c r="I2" s="81"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>20</v>
       </c>